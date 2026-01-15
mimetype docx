--- v0 (2025-10-15)
+++ v1 (2026-01-15)
@@ -9,652 +9,688 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="159CF9A3" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="001277C2">
+    <w:p w14:paraId="5745558F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="001277C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42219265" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="003E0B8D">
+    <w:p w14:paraId="19F03C7F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="003E0B8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>SMLOUVA O POSKYTOVÁNÍ SLUŽEB PLATEBNÍHO PORTÁLU</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CF9FEAA" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="304D9D0B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1114" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DAB8EA8" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="003E0B8D">
+    <w:p w14:paraId="2C8E7EB9" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="003E0B8D">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="284" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>podle ust. § 1746 a násl. zákona č. 89/2012 Sb., občanský zákoník, ve znění pozdějších předpisů</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="798CA722" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="71A03CDF" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1114" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23F4B6F8" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="2B4C23A9" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1064" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">kterou uzavřeli mezi sebou: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E1C060E" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="2300CC8F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1114" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14214F9C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="007A738A">
+    <w:p w14:paraId="70B44C55" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="007A738A">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="579" w:hanging="10"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Provozovatel Portálu </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5CF7C559" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="4FE15688" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="2" w:line="255" w:lineRule="auto"/>
         <w:ind w:left="579" w:hanging="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Projektová kancelář Kraje Vysočina, příspěvková organizace</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="285AD195" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="12C190C7" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="4" w:line="246" w:lineRule="auto"/>
         <w:ind w:left="569" w:right="1448" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">zapsaná v obchodním rejstříku pod spisovou značkou </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Pr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> 1932 vedenou u Krajského soudu v Brně se sídlem Ke Skalce 5907/47, 586 01 Jihlava </w:t>
       </w:r>
       <w:r w:rsidR="00C337C7">
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">IČO: 71294376 </w:t>
       </w:r>
       <w:r w:rsidR="00C337C7">
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">není plátcem DPH </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F270A56" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="004E26E6">
+    <w:p w14:paraId="26DBCEF4" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="004E26E6">
       <w:pPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="564" w:right="1422" w:hanging="10"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">za kterou jedná: Ing. Erika Šteflová, MBA, ředitelka </w:t>
       </w:r>
       <w:r w:rsidR="00C337C7">
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">kontaktní osoba: </w:t>
       </w:r>
       <w:r w:rsidR="009B4F48">
         <w:t>Radka Oherová</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, e-mail: </w:t>
       </w:r>
       <w:r w:rsidR="009B4F48">
         <w:t>oherova</w:t>
       </w:r>
       <w:r w:rsidR="004E26E6">
         <w:t>@pkkv.cz</w:t>
       </w:r>
       <w:r>
         <w:t>, tel.:</w:t>
       </w:r>
       <w:r w:rsidR="009B4F48">
         <w:t xml:space="preserve"> 724 937 402</w:t>
       </w:r>
       <w:r w:rsidR="009B4F48">
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">bankovní spojení: Fio banka, a.s. </w:t>
       </w:r>
       <w:r w:rsidR="00C337C7">
         <w:br/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">číslo účtu: 2502130496/2010 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57C44A7A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="599F2401" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="25" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="564" w:hanging="10"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ID datové schránky: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>westzkg</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2069FDDE" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="49353180" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D3CF56F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="18B8CE00" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="564" w:hanging="10"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A05740" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="04C388F5" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="569" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1040075F" w14:textId="77777777" w:rsidR="00332E40" w:rsidRPr="001277C2" w:rsidRDefault="00332E40" w:rsidP="00332E40">
+    <w:p w14:paraId="5C69BFE5" w14:textId="77777777" w:rsidR="00332E40" w:rsidRPr="001277C2" w:rsidRDefault="00332E40" w:rsidP="00332E40">
       <w:pPr>
         <w:pStyle w:val="Prosttext1"/>
         <w:ind w:hanging="867"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001277C2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Partner Portálu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0367882E" w14:textId="77777777" w:rsidR="001277C2" w:rsidRPr="001277C2" w:rsidRDefault="003F1619" w:rsidP="001277C2">
+    <w:p w14:paraId="5FF3AA6D" w14:textId="77777777" w:rsidR="001277C2" w:rsidRPr="001277C2" w:rsidRDefault="003F1619" w:rsidP="001277C2">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:hanging="867"/>
       </w:pPr>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35DFF6D2" w14:textId="77777777" w:rsidR="001277C2" w:rsidRPr="001277C2" w:rsidRDefault="00332E40" w:rsidP="001277C2">
+    <w:p w14:paraId="21DE0991" w14:textId="77777777" w:rsidR="001277C2" w:rsidRPr="001277C2" w:rsidRDefault="00332E40" w:rsidP="001277C2">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:hanging="867"/>
       </w:pPr>
       <w:r w:rsidRPr="001277C2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t>se sídlem</w:t>
       </w:r>
       <w:r w:rsidR="00B42114" w:rsidRPr="001277C2">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003F1619" w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>……………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C0CB346" w14:textId="77777777" w:rsidR="00332E40" w:rsidRPr="00E12091" w:rsidRDefault="00332E40" w:rsidP="001277C2">
+    <w:p w14:paraId="5E21BDB7" w14:textId="77777777" w:rsidR="00332E40" w:rsidRPr="00E12091" w:rsidRDefault="00332E40" w:rsidP="001277C2">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0"/>
         <w:ind w:hanging="867"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E12091">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">IČO: </w:t>
       </w:r>
       <w:r w:rsidR="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>…………………..</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3E466E3B" w14:textId="77777777" w:rsidR="004E26E6" w:rsidRPr="001277C2" w:rsidRDefault="00332E40" w:rsidP="00B42114">
+        <w:t>……………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003F1619">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003F1619">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F77FE9B" w14:textId="77777777" w:rsidR="004E26E6" w:rsidRPr="001277C2" w:rsidRDefault="00332E40" w:rsidP="00B42114">
       <w:pPr>
         <w:pStyle w:val="Prosttext1"/>
         <w:ind w:hanging="867"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E12091">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>DIČ:</w:t>
       </w:r>
       <w:r w:rsidR="003F1619">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>………………………………</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EFF9331" w14:textId="77777777" w:rsidR="001277C2" w:rsidRDefault="00332E40" w:rsidP="00B42114">
+    <w:p w14:paraId="496F5414" w14:textId="77777777" w:rsidR="001277C2" w:rsidRDefault="00332E40" w:rsidP="00B42114">
       <w:pPr>
         <w:pStyle w:val="Prosttext1"/>
         <w:ind w:hanging="867"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E12091">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">za kterou jedná: </w:t>
       </w:r>
       <w:r w:rsidR="003F1619">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>……………………………..</w:t>
-[...6 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:t>………………………</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003F1619">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E12091">
+        <w:t>…….</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003F1619">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EF95FF4" w14:textId="77777777" w:rsidR="00332E40" w:rsidRPr="00E12091" w:rsidRDefault="00332E40" w:rsidP="00B42114">
+      <w:pPr>
+        <w:pStyle w:val="Prosttext1"/>
+        <w:ind w:hanging="867"/>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E12091">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">kontaktní osoba: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3490B623" w14:textId="77777777" w:rsidR="00332E40" w:rsidRPr="00E12091" w:rsidRDefault="00332E40" w:rsidP="00B42114">
+    <w:p w14:paraId="4FE2E191" w14:textId="77777777" w:rsidR="00332E40" w:rsidRPr="00E12091" w:rsidRDefault="00332E40" w:rsidP="00B42114">
       <w:pPr>
         <w:pStyle w:val="Smluvnstrany"/>
         <w:spacing w:after="0"/>
         <w:ind w:hanging="867"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E12091">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>bankovní spojení:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EA839A1" w14:textId="77777777" w:rsidR="00C34B55" w:rsidRPr="00E12091" w:rsidRDefault="00332E40" w:rsidP="00B42114">
+    <w:p w14:paraId="4DF44DEB" w14:textId="77777777" w:rsidR="00C34B55" w:rsidRPr="00E12091" w:rsidRDefault="00332E40" w:rsidP="00B42114">
       <w:pPr>
         <w:pStyle w:val="Smluvnstrany"/>
         <w:spacing w:after="0"/>
         <w:ind w:hanging="867"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E12091">
         <w:rPr>
           <w:rStyle w:val="apple-converted-space"/>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>číslo účtu:</w:t>
       </w:r>
       <w:r w:rsidRPr="00E12091">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06B791F6" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00C34B55" w:rsidP="003E0B8D">
+    <w:p w14:paraId="305E0CD5" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00C34B55" w:rsidP="003E0B8D">
       <w:pPr>
         <w:pStyle w:val="Smluvnstrany"/>
         <w:spacing w:after="0"/>
         <w:ind w:hanging="867"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00E12091">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ID datové schránky: </w:t>
       </w:r>
       <w:r w:rsidR="003F1619">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>………………………</w:t>
       </w:r>
       <w:r w:rsidR="00B42114">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00B42114">
         <w:rPr>
           <w:rFonts w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r w:rsidR="00717536">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B672DE2" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="231F26C4" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1084" w:right="511" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Článek 1 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="505814B0" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="7D1EE971" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:after="120" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="1083" w:right="516" w:hanging="11"/>
       </w:pPr>
       <w:r>
         <w:t>Úvodní ustanovení</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E1E78C1" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="007A738A">
+    <w:p w14:paraId="25EE95C1" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="007A738A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="6" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tato smlouva je součástí registračního procesu v rámci Portálu a je nutnou podmínkou užívání služeb Portálu Partnerem.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="520B75A1" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="4CF3D0C6" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="6" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">„Portálem“ se dle této smlouvy rozumí IT řešení provozované na webové adrese „platbyvysocina.cz“, které umožňuje Klientům (občanům) realizovat elektronickou cestou Platby Partnerům (obcím a dalším organizacím) za vybrané Produkty (zejména občanské služby). Portál je provozován jako nekomerční veřejná služba Kraje Vysočina. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CAC8273" w14:textId="77777777" w:rsidR="00B42114" w:rsidRDefault="00B42114" w:rsidP="00B42114">
+    <w:p w14:paraId="409D1698" w14:textId="77777777" w:rsidR="00B42114" w:rsidRDefault="00B42114" w:rsidP="00B42114">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="6"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21152AE7" w14:textId="77777777" w:rsidR="00B42114" w:rsidRDefault="00B42114" w:rsidP="00B42114">
+    <w:p w14:paraId="657896D0" w14:textId="77777777" w:rsidR="00B42114" w:rsidRDefault="00B42114" w:rsidP="00B42114">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="6"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="441BB171" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="5E3EA258" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1084" w:right="511" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Článek 2 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75730780" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="23E702AE" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1083" w:right="522" w:hanging="11"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Předmět smlouvy</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F3B654" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="004E26E6">
+    <w:p w14:paraId="705E9896" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="004E26E6">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="30"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="-2" w:hanging="425"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Projektová kancelář Kraje Vysočina, příspěvková organizace, jako Provozovatel </w:t>
       </w:r>
       <w:r w:rsidRPr="004E26E6">
         <w:t xml:space="preserve">Portálu </w:t>
       </w:r>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">a </w:t>
       </w:r>
       <w:r w:rsidR="00332E40" w:rsidRPr="003F1619">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t> </w:t>
@@ -662,723 +698,778 @@
       <w:r w:rsidR="003F1619" w:rsidRPr="003F1619">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>…………………………….</w:t>
       </w:r>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> jako Partner Portálu, uzavírají tuto smlouvu, na jejímž základě bude Partnerovi umožněno používat Portál za účelem poskytování nabídky jeho Produktů zejména občanům Kraje Vysočina, kteří mohou</w:t>
       </w:r>
       <w:r w:rsidR="004E26E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Portál použít k jejich úhradě elektronickou cestou.</w:t>
       </w:r>
       <w:r w:rsidR="004E26E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A6A609" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="7810A85A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1084" w:right="511" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Článek 3 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C3C61DD" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="32177A42" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1083" w:right="510" w:hanging="11"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Registrační údaje </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="438336C6" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00C03B65">
+    <w:p w14:paraId="49BA0FAA" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00C03B65">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="25"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:right="4"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V rámci registračního procesu byly Partnerem Portálu uvedeny následující údaje: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BD91B74" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="004E26E6">
+    <w:p w14:paraId="01F7D6DC" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="004E26E6">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="207"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jméno Partnera: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F1619" w:rsidRPr="003F1619">
+        <w:t>Jméno Partnera</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="003F1619" w:rsidRPr="003F1619">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="72FEFC97" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1BFA7131" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="207"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Právní forma: </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="003F1619" w:rsidRPr="003F1619">
+        <w:t>Právní forma</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="003F1619" w:rsidRPr="003F1619">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="3B2D29B0" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="71D53247" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="207"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">IČ: </w:t>
+        <w:t>IČ</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003F1619">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003F1619" w:rsidRPr="003F1619">
         <w:rPr>
           <w:color w:val="auto"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="4EA51017" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1AF6B798" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="207"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Adresa: </w:t>
+        <w:t>Adresa</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003F1619">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003F1619" w:rsidRPr="003F1619">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="2D672350" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00B6291F">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="05EE07FB" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00B6291F">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="207"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Číslo bankovního účtu pro příchozí platby za nabízené Produkty: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68C28F8C" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
+    <w:p w14:paraId="17B4DFC8" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="207"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t xml:space="preserve">Datová schránka: </w:t>
+        <w:t>Datová schránka</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="003F1619">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman"/>
+          <w:color w:val="00000A"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="003F1619" w:rsidRPr="003F1619">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="0B09E5C0" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="10F9CCF5" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="207"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Osoba podepisující jménem Partnera tuto Smlouvu</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15BF9BD8" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
+    <w:p w14:paraId="5A38898D" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="207"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Jméno: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72CA5D92" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
+    <w:p w14:paraId="4601C90E" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="207"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontaktní údaje: </w:t>
       </w:r>
       <w:r w:rsidR="001277C2" w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">telefon: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58749B68" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
+    <w:p w14:paraId="4D8AE7F7" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="207"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>Administrátor účtu Partnera</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C7AB7E1" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
+    <w:p w14:paraId="64F1CC50" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00DF4B5D">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="207"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Jméno: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AECF712" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00E12091">
+    <w:p w14:paraId="2B38143F" w14:textId="77777777" w:rsidR="00DF4B5D" w:rsidRPr="003F1619" w:rsidRDefault="00DF4B5D" w:rsidP="00E12091">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="37"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="851"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="100" w:lineRule="atLeast"/>
         <w:ind w:firstLine="207"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003F1619">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman"/>
           <w:color w:val="00000A"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontaktní údaje: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FCF608E" w14:textId="77777777" w:rsidR="00B6291F" w:rsidRDefault="00C03B65" w:rsidP="00B6291F">
+    <w:p w14:paraId="216D800B" w14:textId="77777777" w:rsidR="00B6291F" w:rsidRDefault="00C03B65" w:rsidP="00B6291F">
       <w:pPr>
         <w:pStyle w:val="Odstavecseseznamem"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="24"/>
         </w:numPr>
         <w:spacing w:before="120" w:after="120"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Partner Portálu je povinen každou změnu výše uvedených údajů neprodleně ohlásit Provozovateli Portálu, nebo je sám ve svém uživatelském profilu změnit. Číslo bankovního účtu je možné změnit výhradně dodatkem k této smlouvě. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61B7FA74" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="00D5E098" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1084" w:right="511" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Článek 4 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A10304B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00162BAB">
+    <w:p w14:paraId="2815DC58" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00162BAB">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:after="120" w:line="247" w:lineRule="auto"/>
         <w:ind w:left="1083" w:right="510" w:hanging="11"/>
       </w:pPr>
       <w:r>
         <w:t>Práva a povinnosti smluvních stran</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A19ACA1" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="69B2ED7D" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709" w:right="6" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Partner Portálu je povinen řídit se Obchodními podmínkami Portálu a Pravidly pro zpracování osobních údajů, obojí vždy v platném znění.  Obchodní podmínky definují pojmy užité v této Smlouvě, specifikují závazné postupy a další práva a povinnosti. Tyto dokumenty ve znění platném ke dni podpisu smlouvy jsou přílohou a nedílnou součástí smlouvy. V případě změny Obchodních Podmínek Portálu či Pravidel pro zpracování osobních údajů bude o této skutečnosti Partner Portálu informován elektronickou depeší zaslanou na kontaktní email administrátora účtu Partnera Portálu; aktuální verze je vždy dostupná na webu Portálu.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="160047E0" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="104DD1BB" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709" w:right="6" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Partner Portálu je v průběhu provozování Portálu povinen plně dodržovat všechny relevantní právní normy vztahující se k provádění platebních operací.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23D2165F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRPr="003E0B8D" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="1473B1BA" w14:textId="77777777" w:rsidR="00B50530" w:rsidRPr="003E0B8D" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709" w:right="6" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provozovatel Portálu je oprávněn s okamžitou platností pozastavit poskytování služeb Portálu Partnerovi Portálu v případech, kdy se Partner Portálu prokazatelně neřídí obchodními podmínkami nebo jinými předpisy upravujícími fungování Portálu, nebo jeho činnost může jiným způsobem narušit bezpečnost prováděných platebních transakcí.  </w:t>
       </w:r>
       <w:r w:rsidRPr="00244FA7">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DB1049E" w14:textId="77777777" w:rsidR="003E0B8D" w:rsidRDefault="003E0B8D" w:rsidP="003E0B8D">
+    <w:p w14:paraId="3575E84A" w14:textId="77777777" w:rsidR="003E0B8D" w:rsidRDefault="003E0B8D" w:rsidP="003E0B8D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="6"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B0AED87" w14:textId="77777777" w:rsidR="003E0B8D" w:rsidRPr="00B42114" w:rsidRDefault="003E0B8D" w:rsidP="003E0B8D">
+    <w:p w14:paraId="075D2FCF" w14:textId="77777777" w:rsidR="003E0B8D" w:rsidRPr="00B42114" w:rsidRDefault="003E0B8D" w:rsidP="003E0B8D">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="6"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D471C81" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="1CFFD245" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1084" w:right="510" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Článek 5 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C1D26C6" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="1D327224" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:ind w:left="1080" w:right="515"/>
       </w:pPr>
       <w:r>
         <w:t>Trvání a zánik smlouvy</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="056576B0" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="33519716" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:right="4" w:hanging="281"/>
       </w:pPr>
       <w:r>
         <w:t>Tato smlouva se uzavírá na dobu neurčitou. Platnost a účinnost této smlouvy nastává dokončením registrace Partnera Portálu, tj. splněním podmínky zadání ověřovacího SMS kódu v registračním procesu a provedením ověřovací platby ve smyslu Obchodních podmínek. V případě, že smlouva ke své platnosti vyžaduje schválení dalšího orgánu (např. Rada obce), Partner Portálu bere na vědomí, že je povinen toto rozhodnutí zajistit a doložit ho Provozovateli Portálu. Do doby doložení rozhodnutí Provozovateli Portálu není Smlouva považována za</w:t>
       </w:r>
       <w:r w:rsidR="00244FA7">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">platnou.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2087020D" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B6291F">
+    <w:p w14:paraId="5C1DEFD2" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B6291F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:ind w:left="709" w:right="6" w:hanging="284"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tuto smlouvu je možné ukončit písemnou dohodou smluvních stran nebo písemně vypovědět, a to i bez uvedení důvodu, platnost smlouvy v takovém případě skončí posledním dnem měsíce, který následuje po měsíci, kdy byla výpověď doručena druhé smluvní straně.  </w:t>
       </w:r>
       <w:r w:rsidR="00B42114">
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76666477" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="03863A69" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1084" w:right="510" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Článek 6 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51292ED4" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="4F7B8FEE" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="1083" w:right="510" w:hanging="11"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Ustanovení společná a závěrečná</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33F64FC3" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="524D89BB" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="709" w:right="6" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>Stejnopis smlouvy určený Partnerovi Portálu bude zpřístupněn v digitální verzi prostřednictvím Portálu v</w:t>
       </w:r>
       <w:r w:rsidR="00244FA7">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">přiměřené lhůtě po uzavření smlouvy.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B5EB007" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B90685">
+    <w:p w14:paraId="03A9B6D6" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B90685">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="132"/>
         <w:ind w:right="4" w:hanging="281"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provedením všech registračních úkonů dle této smlouvy a Obchodních podmínek smluvní strany této smlouvy, resp. osoby oprávněné za ně jednat, prohlašují, že se seznámily s obsahem této smlouvy, s Obchodními podmínkami a Pravidly pro zpracování osobních údajů, jejich obsahu rozumí, souhlasí s nimi a zavazují se jimi řídit.   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A93BB42" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00A42A53" w:rsidP="00A42A53">
+    <w:p w14:paraId="20D7D270" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00A42A53" w:rsidP="00A42A53">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="959"/>
           <w:tab w:val="center" w:pos="2125"/>
           <w:tab w:val="center" w:pos="2831"/>
           <w:tab w:val="center" w:pos="3544"/>
           <w:tab w:val="center" w:pos="4250"/>
           <w:tab w:val="center" w:pos="4957"/>
           <w:tab w:val="center" w:pos="6060"/>
           <w:tab w:val="center" w:pos="7082"/>
           <w:tab w:val="center" w:pos="7795"/>
           <w:tab w:val="center" w:pos="8501"/>
           <w:tab w:val="center" w:pos="9207"/>
         </w:tabs>
         <w:ind w:left="425" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00717536">
@@ -1421,2212 +1512,2158 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00717536">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00717536">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00717536">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2083AE17" w14:textId="77777777" w:rsidR="00E12091" w:rsidRDefault="00E12091">
+    <w:p w14:paraId="12B0C9FD" w14:textId="77777777" w:rsidR="00E12091" w:rsidRDefault="00E12091">
       <w:pPr>
         <w:spacing w:after="110" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76BA7D65" w14:textId="77777777" w:rsidR="00E12091" w:rsidRDefault="00E12091">
+    <w:p w14:paraId="2341A456" w14:textId="77777777" w:rsidR="00E12091" w:rsidRDefault="00E12091">
       <w:pPr>
         <w:spacing w:after="110" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B69921C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="284A3E47" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="110" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C173747" w14:textId="77777777" w:rsidR="00244FA7" w:rsidRDefault="00244FA7">
+    <w:p w14:paraId="4343E4C3" w14:textId="77777777" w:rsidR="00244FA7" w:rsidRDefault="00244FA7">
       <w:pPr>
         <w:spacing w:after="110" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31B0896B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="1EABE4CF" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="1471"/>
           <w:tab w:val="center" w:pos="2831"/>
           <w:tab w:val="center" w:pos="3544"/>
           <w:tab w:val="center" w:pos="4250"/>
           <w:tab w:val="center" w:pos="4957"/>
           <w:tab w:val="center" w:pos="6820"/>
         </w:tabs>
         <w:spacing w:after="130" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Za Partnera Portálu: </w:t>
       </w:r>
       <w:r w:rsidR="00BD74EC">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Za Provozovatele Portálu: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C94938E" w14:textId="610D36A2" w:rsidR="00B50530" w:rsidRDefault="00BD74EC">
+    <w:p w14:paraId="4375961E" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00BD74EC">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2345"/>
           <w:tab w:val="center" w:pos="4957"/>
           <w:tab w:val="center" w:pos="7184"/>
         </w:tabs>
         <w:spacing w:after="11"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="004E26E6">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="007827A9">
+      <w:r w:rsidR="001277C2" w:rsidRPr="001277C2">
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>XXXXXXXX</w:t>
-[...5 lines deleted...]
-        <w:tab/>
+        <w:t>Ing. Homolka Josef, starosta</w:t>
       </w:r>
       <w:r w:rsidR="004E26E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="004E26E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004E26E6">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00717536">
         <w:t>Ing. Erika Šteflová, MBA, ředitelka</w:t>
       </w:r>
       <w:r w:rsidR="00717536">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AED8594" w14:textId="3B2F60BE" w:rsidR="00B50530" w:rsidRPr="00244FA7" w:rsidRDefault="001277C2">
+    <w:p w14:paraId="110CCA3A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRPr="00244FA7" w:rsidRDefault="001277C2">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="2715"/>
           <w:tab w:val="center" w:pos="7303"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="255" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">           </w:t>
-[...2 lines deleted...]
-        <w:t>XXXXXXXX</w:t>
+        <w:t xml:space="preserve">           Městys Jimramov</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00BD74EC">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00717536">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00717536">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00717536" w:rsidRPr="00244FA7">
         <w:t xml:space="preserve">Projektová kancelář Kraje Vysočina,  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="152A5430" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="004E26E6">
+    <w:p w14:paraId="32B6D7EE" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="004E26E6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="center" w:pos="3544"/>
           <w:tab w:val="center" w:pos="4250"/>
           <w:tab w:val="center" w:pos="4957"/>
           <w:tab w:val="center" w:pos="6740"/>
         </w:tabs>
         <w:spacing w:after="2" w:line="255" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00244FA7">
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidR="00E12091">
         <w:t>(podepsáno elektronicky)</w:t>
       </w:r>
       <w:r w:rsidR="00C36714" w:rsidRPr="00244FA7">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00244FA7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00244FA7">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00244FA7">
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00244FA7">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002140AB">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00244FA7">
         <w:t>P</w:t>
       </w:r>
       <w:r w:rsidRPr="00244FA7">
         <w:t>říspěvková organizace</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13EC6B9D" w14:textId="77777777" w:rsidR="00B6291F" w:rsidRDefault="00717536" w:rsidP="00C36714">
+    <w:p w14:paraId="2B869C87" w14:textId="77777777" w:rsidR="00B6291F" w:rsidRDefault="00717536" w:rsidP="00C36714">
       <w:pPr>
         <w:spacing w:after="95" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B6291F">
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E12091">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E12091">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E12091">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00E12091">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (podepsáno elektronicky) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE92605" w14:textId="77777777" w:rsidR="008D422B" w:rsidRDefault="008D422B" w:rsidP="008D422B">
+    <w:p w14:paraId="662FC36D" w14:textId="77777777" w:rsidR="008D422B" w:rsidRDefault="008D422B" w:rsidP="008D422B">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Přílohy:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E6492AA" w14:textId="77777777" w:rsidR="008D422B" w:rsidRDefault="008D422B" w:rsidP="008D422B">
+    <w:p w14:paraId="51692B60" w14:textId="77777777" w:rsidR="008D422B" w:rsidRDefault="008D422B" w:rsidP="008D422B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="2" w:hanging="284"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Obchodní podmínky verze 02 účinné od 1.8.2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="535B5F8B" w14:textId="77777777" w:rsidR="008D422B" w:rsidRDefault="008D422B" w:rsidP="008D422B">
+    <w:p w14:paraId="4AB1E89A" w14:textId="77777777" w:rsidR="008D422B" w:rsidRDefault="008D422B" w:rsidP="008D422B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="284" w:right="2" w:hanging="284"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Pravidla pro zpracování osobních údajů  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="736D44E3" w14:textId="77777777" w:rsidR="008D422B" w:rsidRDefault="008D422B" w:rsidP="008D422B">
+    <w:p w14:paraId="263536E9" w14:textId="77777777" w:rsidR="008D422B" w:rsidRDefault="008D422B" w:rsidP="008D422B">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="209" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41F8C029" w14:textId="77777777" w:rsidR="00B6291F" w:rsidRDefault="00B6291F">
+    <w:p w14:paraId="62884FC0" w14:textId="77777777" w:rsidR="00B6291F" w:rsidRDefault="00B6291F">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EF0BCEF" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B6291F">
+    <w:p w14:paraId="2268610D" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B6291F">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="567" w:hanging="567"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>OBCHODNÍ PODMÍNKY</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="748D0712" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B6291F">
+    <w:p w14:paraId="19600392" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B6291F">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="8" w:hanging="567"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">PLATEBNÍ PORTÁL KRAJE VYSOČINA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61552D41" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="1375B555" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1114" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BB61039" w14:textId="77777777" w:rsidR="00B50530" w:rsidRPr="00FC1476" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="25BA47AF" w14:textId="77777777" w:rsidR="00B50530" w:rsidRPr="00FC1476" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC1476">
         <w:t xml:space="preserve">Provozovatel Portálu:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32992CFB" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="001277C2">
+    <w:p w14:paraId="765CDB30" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="001277C2">
       <w:pPr>
         <w:spacing w:after="121" w:line="236" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="-1" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Projektová kancelář Kraje Vysočina, příspěvková organizace, se sídlem Ke Skalce 5907/47, 586 01 </w:t>
       </w:r>
       <w:r w:rsidR="001277C2">
         <w:t>J</w:t>
       </w:r>
-      <w:r>
-        <w:t>ihlava  Kontaktní</w:t>
+      <w:r w:rsidR="007C398B">
+        <w:t>ihlava.</w:t>
+      </w:r>
+      <w:r w:rsidR="007C398B">
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>Kontaktní</w:t>
       </w:r>
       <w:r w:rsidR="009B4F48">
         <w:t xml:space="preserve"> adresa: Ke Skalce 5907/47</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 586 01 Jihlava  IČO 71294376  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="395F5D98" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="6351BFBD" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r w:rsidRPr="00244FA7">
         <w:t xml:space="preserve">Základní informace: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A9663D7" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="5235A6E0" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Platební Portál slouží jako veřejný elektronický nástroj pro zjednodušení finančních toků směřujících od občanů Kraje Vysočina obcím a dalším subjektům, které poskytují služby blízce související s občanským životem. Portál nabízí občanům možnost hradit služby bez nutnosti opakovaných fyzických návštěv mnoha institucí. Portál je provozován jako služba veřejnosti, nikoliv jako podnikání.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1680FDDC" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="6F4FCAD2" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r w:rsidRPr="00244FA7">
         <w:t xml:space="preserve">Definice pojmů: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D9790B9" w14:textId="77777777" w:rsidR="00FC1476" w:rsidRPr="00FC1476" w:rsidRDefault="00FC1476" w:rsidP="00B6291F">
+    <w:p w14:paraId="6324C642" w14:textId="77777777" w:rsidR="00FC1476" w:rsidRPr="00FC1476" w:rsidRDefault="00FC1476" w:rsidP="00B6291F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1476">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Portál</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A980510" w14:textId="77777777" w:rsidR="00244FA7" w:rsidRPr="00FC1476" w:rsidRDefault="00717536" w:rsidP="001277C2">
+    <w:p w14:paraId="14D6C871" w14:textId="77777777" w:rsidR="00244FA7" w:rsidRPr="00FC1476" w:rsidRDefault="00717536" w:rsidP="001277C2">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1476">
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Portálem se rozumí IT řešení provozované na webové adrese „platbyvysocina.cz“, které umožňuje Klientům realizovat elektronickou cestou Platby Partnerům za vybrané Produkty. Portál je provozován jako nekomerční veřejná služba, jejímž cílem není generování zisku.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65071A64" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="0ED45133" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>Provozovatel</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C8C5787" w14:textId="77777777" w:rsidR="00244FA7" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="023BC335" w14:textId="77777777" w:rsidR="00244FA7" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provozovatelem Portálu je Projektová kancelář Kraje Vysočina, příspěvková organizace, jejímž zřizovatelem je Kraj Vysočina. Provozovatel odpovídá za běžný chod Portálu, poskytuje podporu Partnerům při registračním procesu a při zahajování nabídky Produktů, a spolupracuje s dodavatelem IT řešení na odstraňování nedostatků zjištěných v průběhu provozu.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F06B0C9" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="49BC8C24" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>Partner</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EB8C13A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="61590A49" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Partnerem portálu se rozumí subjekty nabízející občanům Kraje Vysočina své Produkty, které na základě Registrace používají Portál jako způsob provádění úhrad za tyto Produkty. Těmito subjekty jsou zejména obce, městyse a města Kraje Vysočina, jimi zřizované organizace, a další právnické osoby poskytující služby občanům.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60D97601" w14:textId="77777777" w:rsidR="00B50530" w:rsidRPr="00B9698B" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="2FEC6EC2" w14:textId="77777777" w:rsidR="00B50530" w:rsidRPr="00B9698B" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9698B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Klient  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1190FD73" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="1C61D2F5" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Klientem Portálu se rozumí fyzické, případně právnické osoby, které hodlají provést jednu nebo více Plateb za Služby prostřednictvím Portálu. Klient za tímto účelem může provést svou registraci na Portálu.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0257ECA3" w14:textId="77777777" w:rsidR="00B50530" w:rsidRPr="00B9698B" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="6FE6C99B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRPr="00B9698B" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9698B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Produkt  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="021DE41D" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="03D13FE4" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Produktem se rozumí služby veřejného charakteru, které úzce souvisejí s občanským životem. Jedná se primárně o</w:t>
       </w:r>
       <w:r w:rsidR="00244FA7">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">poplatky za služby poskytované obcemi a za služby nabízené školními, kulturními a sportovními organizacemi.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC4D72C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRPr="00B9698B" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="0D8CB59E" w14:textId="77777777" w:rsidR="00B50530" w:rsidRPr="00B9698B" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:before="0"/>
         <w:ind w:left="357" w:hanging="357"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B9698B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Platba  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D7F8B05" w14:textId="77777777" w:rsidR="00244FA7" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="6A20332E" w14:textId="77777777" w:rsidR="00244FA7" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Platbou se rozumí postup, kterým Klient realizuje převod finančních prostředků ze svého bankovního účtu na bankovní účet Partnera za asistence IT řešení Portálu. Převod finančních prostředků je realizován </w:t>
       </w:r>
       <w:r w:rsidR="001277C2">
         <w:t>prostřednictvím platební brány</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3105216C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="7058622C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:u w:val="single" w:color="000000"/>
         </w:rPr>
         <w:t>Platební brána</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CE00793" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="09BB127F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Platební bránou se rozumí softwarové řešení propojené s Portálem, provozované společností Česká spořitelna, a.s. ve</w:t>
       </w:r>
       <w:r w:rsidR="00244FA7">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">spolupráci s </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Global</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Payments</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> s.r.o., které umožňuje provádění platebních transakcí Klientů. Společnost je pod dohledem České národní banky, a provoz Platební brány se řídí Obchodními podmínkami této společnosti.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="298F55FD" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="68C143D0" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Smlouva  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AE29E9A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="59536CCF" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Smlouvou se rozumí kontrakt mezi Partnerem a Provozovatelem, který upravuje vzájemná práva, povinnosti a</w:t>
       </w:r>
       <w:r w:rsidR="00244FA7">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">požadované postupy při registraci Partnera a při používání Portálu k nabízení úhrad vybraných Produktů.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62EB7606" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="708230C4" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Osobní údaje  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E1BBC96" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="4D95BACD" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Za osobní údaje jsou považovány údaje o Klientech a Partnerech, které dané osoby ze své vlastní vůle vkládají během jeho používání do IT řešení Portálu za účelem registrace svého profilu, nebo pro provádění konkrétních Plateb. Všechny tyto údaje jsou do webových formulářů Portálu vkládány pouze jako informace nezbytné pro</w:t>
       </w:r>
       <w:r w:rsidR="00466AFA">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>realizování základní služby Portálu, tj. asistenci Klientům a Partnerům při realizaci jejich vzájemných Plateb a</w:t>
       </w:r>
       <w:r w:rsidR="00466AFA">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">neslouží žádným jiným účelům.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="091EC2BA" w14:textId="77777777" w:rsidR="00B50530" w:rsidRPr="00FC1476" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="042C1E06" w14:textId="77777777" w:rsidR="00B50530" w:rsidRPr="00FC1476" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC1476">
         <w:t xml:space="preserve">Portál:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C211356" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00466AFA">
+    <w:p w14:paraId="2B886D99" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00466AFA">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:right="6" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">IT řešení Portálu je provozováno na webové doméně „platbyvysocina.cz“.  Klient </w:t>
       </w:r>
       <w:r w:rsidR="00466AFA">
         <w:t xml:space="preserve">je </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">po výběru Produktu přesměrován na Platební bránu, kde autorizuje převod svých finančních prostředků ze svého bankovního účtu.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BEFCC2C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="2BE160DF" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V rámci přímých platebních metod jsou finanční prostředky z platby autorizované Klientem přes platební bránu nejprve přičteny na sběrný bankovní účet Portálu, vedený Provozovatelem u České spořitelny a.s., pod číslem </w:t>
       </w:r>
       <w:r w:rsidR="00466AFA" w:rsidRPr="00466AFA">
         <w:t>7179748319/0800</w:t>
       </w:r>
       <w:r>
         <w:t>. Na základě autorizace pověřeným zaměstnancem Provozovatele jsou pak finanční prostředky přijaté za daný den hromadným příkazem distribuovány ze sběrného účtu na odpovídající bankovní účty Partnerů. Provozovatel Portálu v</w:t>
       </w:r>
       <w:r w:rsidR="00FC1476">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">rámci administrace platebních služeb usiluje o to, aby všechny platební transakce byly vyřízeny v řádu jednotek dnů. Provozovatel zároveň upozorňuje, že nenese odpovědnost za připsání procesovaných plateb na účet Partnera tak, aby byly splněny lhůty pro úhrady poplatků uložených obecně závaznými vyhláškami, nebo lhůty pro úhrady sankcí uložených v rámci rozhodování o individuálních právech a povinnostech občanů.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59786643" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="004E2022" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC1476">
         <w:t xml:space="preserve">Soulad s pravidly upravujícími platební styk: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AF7ED9B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="50337904" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zákonná regulace upravující pravidla platebního styku (zejména zákon č. 370/2017 Sb., o platebním styku) reguluje pouze platební služby, které jsou poskytovány jako podnikání. Provozovatel výslovně prohlašuje, že činnost Portálu nenaplňuje znaky podnikání, zejména se nejedná o výdělečnou činnost se záměrem dosažení zisku. Jakékoliv úhrady spojené s užíváním Portálu slouží pouze ke kompenzaci přímých nákladů vznikajících Provozovateli.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14634846" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="61B65EED" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:right="6" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provozovatel zároveň prohlašuje, že provoz Portálu je realizován pouze jako technická služba, tj. podpora poskytování platebních služeb prostřednictvím platební brány, jejíž provoz je regulován a podléhá dohledu dle zákona o platebním styku.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FD86DBC" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="2C649579" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provozovatel dále prohlašuje, že Portál je provozován jako nástroj zprostředkování úhrad úzce vymezeného okruhu služeb (služby občanského charakteru v regionu Kraj Vysočina).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CF6AA00" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="29C70199" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC1476">
         <w:t xml:space="preserve">Registrační proces pro Partnery: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DE4A0A2" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="52951EBA" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Každý Partner, který hodlá využívat prostředí Portálu k nabídce úhrad jím poskytovaných Produktů je povinen provést registraci.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56F35093" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="3DC89EBC" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:spacing w:after="121" w:line="236" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Registrace probíhá vyplněním základních kontaktních údajů o Partnerovi – právnické osobě a kontaktních údajů o</w:t>
       </w:r>
       <w:r w:rsidR="00FC1476">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">fyzických osobách, které jsou statutárním orgánem Partnera, resp. budou pro daného Partnera spravovat jeho profil.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F66FC8E" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="547E71FB" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Za účelem autentifikace bankovního účtu Partnera je Partner povinen provést ověřovací platbu z daného bankovního účtu na sběrný bankovní účet Provozovatele ve výši 1,- Kč (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>jednakorunačeská</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">). Partner realizováním této platby prohlašuje, že si je vědom a souhlasí s tím, že tato ověřovací platba je zároveň poplatkem za zpracování registrace, a že se v žádném případě nevrací.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CF3B5AB" w14:textId="77777777" w:rsidR="00466AFA" w:rsidRDefault="00466AFA" w:rsidP="00466AFA">
+    <w:p w14:paraId="11E7824D" w14:textId="77777777" w:rsidR="00466AFA" w:rsidRDefault="00466AFA" w:rsidP="00466AFA">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Následně je podepsaná Smlouva mezi Partnerem a Provozovatelem.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8D320B" w14:textId="77777777" w:rsidR="00466AFA" w:rsidRDefault="00466AFA" w:rsidP="00FC1476">
+    <w:p w14:paraId="797E8ED3" w14:textId="77777777" w:rsidR="00466AFA" w:rsidRDefault="00466AFA" w:rsidP="00FC1476">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FC5B06D" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="073A201A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC1476">
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Povinnosti Partnerů: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E0E3D1B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="5BEE4B34" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V rámci užívání Portálu jsou Partneři povinni:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="634B2A38" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="5FC7E7D9" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="284" w:right="4" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provést registraci vyplněním pravdivých údajů v prostředí Portálu, uzavřít Smlouvu a ověřit bankovní účet pomocí ověřovací platby.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="559F9862" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="1316677F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="284" w:right="4" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t>V případě, že osoba spravující pro Partnera jeho profil, dojde v průběhu užívání Portálu k závěru, že se setkala s</w:t>
       </w:r>
       <w:r w:rsidR="00FC1476">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>technickým problémem Portálu, je povinna prostřednictvím e-mailu „info@pkkv.cz“ kontaktovat Provozovatele a o</w:t>
       </w:r>
       <w:r w:rsidR="00FC1476">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">svém zjištění ho informovat.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66A5D2F9" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="5D8D29AF" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="284" w:right="4" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Partneři jsou povinni používat Portál způsobem, který nenarušuje funkčnost Portálu a zpracovávané finanční toky.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="029B7F77" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="0B850168" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:ind w:left="284" w:right="4" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Partneři jsou povinni Provozovateli neprodleně oznamovat každou změnu údajů uvedených při registraci. Číslo bankovního účtu je možné změnit výhradně dodatkem ke Smlouvě.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2275A604" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="0893BCAA" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC1476">
         <w:t xml:space="preserve">Nabídka Produktů: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="166E9A42" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
+    <w:p w14:paraId="26B97CFB" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Partneři jsou povinni užívat Portál pouze za účelem nabídky plateb Produktů, které občanům běžně poskytují.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C20A64D" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
+    <w:p w14:paraId="34FC7E01" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Do doby zveřejnění informace Provozovatele o změně této podmínky budou v rámci provozu Portálu zprostředkovávány Platby pouze za Produkty charakteru služby, nikoliv za Produkty charakteru dodávky věcí.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B98A705" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
+    <w:p w14:paraId="557AB784" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Partneři jsou povinni zajistit, že jimi nabízené Produkty vyhovují všem relevantním právním normám, a že osobní údaje vyplňované Klienty v rámci úhrad jednotlivých Produktů jsou požadovány pouze v nezbytně nutném rozsahu.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4C5CDC" w14:textId="77777777" w:rsidR="00FC1476" w:rsidRDefault="00717536" w:rsidP="00CF5885">
+    <w:p w14:paraId="5FDF23E9" w14:textId="77777777" w:rsidR="00FC1476" w:rsidRDefault="00717536" w:rsidP="00CF5885">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V případě, že se Partner rozhodne na svém profilu nabízet Produkty, jejich podstatou je možnost úhrady finančních sankcí uložených občanům (např. na základě zákona č. 553/1991 Sb., o obecní policii), bere na vědomí, že je povinen zajistit takové nastavení Produktu, které vždy umožní jednoznačnou identifikaci platby, neboť dle daňového řádu nelze pro tyto platby použít mechanismus Portálu pro vracení plateb.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E932915" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
+    <w:p w14:paraId="0E717D23" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00FC1476">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r w:rsidRPr="00FC1476">
         <w:t xml:space="preserve">Používání Portálu Klienty: </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E9BD734" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="32DA52E0" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Osoby, které hodlají užívat prostředí Portálu k úhradám Produktů, mohou provést registraci. V případě, že se Klient rozhodne provést Platbu bez registrace, vyplní jednorázově pouze údaje vztahující se k dané Platbě.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B9BD828" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="7CAA26D3" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Povinnosti Klientů:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="64C05085" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="26A0697C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V rámci užívání Portálu jsou Klienti povinni:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40DDDDED" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="72FB8532" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="284" w:right="4" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Dodržovat tyto Obchodní podmínky, zejména používat Portál způsobem, který nenarušuje funkčnost Portálu a zpracovávané finanční toky.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A979E3F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="3631D67C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="104" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="4" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V případě, že zvolí postup s registrací, vyplnit pravdivé údaje.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="459EA5DC" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="30FE2EAF" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:ind w:left="284" w:right="4" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V případě, že klient dojde v průběhu užívání Portálu k závěru, že se setkal s technickým problémem Portálu, je povinen prostřednictvím e-mailu „info@pkkv.cz“ kontaktovat Provozovatele a o svém zjištění ho informovat.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="724DD3FE" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="2251CF09" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Finanční chod Portálu:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ECAA6C5" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
+    <w:p w14:paraId="37804F7B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Portál je provozován za účelem poskytnutí veřejné služby občanům Kraje Vysočina, nikoliv za účelem tvorby zisku. Základní služby Portálu jsou Partnerům a Klientům poskytovány </w:t>
       </w:r>
       <w:r w:rsidR="00466AFA">
         <w:t>bezúplatně</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F6C91D5" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
+    <w:p w14:paraId="5075F8E6" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Finanční prostředky jsou v případě Plateb autorizovaných Klientem přes Platební bránu přijaty na sběrný bankovní účet Portálu. Tento bezúročný účet byl zřízen výhradně pro účely provozování Portálu.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7323700B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
+    <w:p w14:paraId="58DA79E0" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provozovatel Portálu není „povinnou osobou“ ve smyslu § 2 zákona č. 253/2008 Sb., o některých opatřeních proti legalizaci výnosů z trestné činnosti a financování terorismu. V souladu s doporučením Úřadu zřízeného tímto </w:t>
       </w:r>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">zákonem však v rámci provozu Portálu aplikuje některá opatření ke zmírnění rizik, zejména pravidla v rámci vnitřního kontrolního systému, identifikaci odesílatelů plateb, a identifikaci příjemců plateb.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318E43C4" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
+    <w:p w14:paraId="50827CE9" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00CF5885">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provoz Portálu a realizace jednotlivých Plateb obnáší provozní náklady, které jsou hrazeny následujícím způsobem:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39CA9417" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="38FEDE1F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Náklady na personál a na provoz infrastruktury nese Provozovatel.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BA000B0" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="249C1F2F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Náklady spojené s poskytováním podpory uživatelům nese Provozovatel.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34471A9B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="14651256" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="3"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Náklady plynoucí z jednotlivých plateb na základě sazebníku poplatků smluvní Platební bráně nese do doby zveřejnění informace o změně této podmínky Provozovatel. Součástí zveřejněné informace bude popis nového postupu, jakým se budou Partneři nebo Klienti na úhradě těchto nákladů podílet.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="26D48EC4" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="047D32EE" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Náklady spojené s ověřovací platbou za účelem autentifikace bankovního účtu Partnera nese Partner.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4375C29B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="52178517" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Osobní údaje:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="17B78024" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="6B5998C5" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V rámci registrace Partneři do Portálu vkládají následující osobní údaje: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75BB91A8" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="6746C077" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Jméno osoby jednající za Partnera  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37CFDD28" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="20527BA9" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kontaktní údaje osoby jednající za Partnera  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C641C93" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="175EC17D" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Jméno osoby – administrátora účtu Partnera  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67A91375" w14:textId="77777777" w:rsidR="00B9698B" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="293189A4" w14:textId="77777777" w:rsidR="00B9698B" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kontaktní údaje osoby – administrátora účtu Partnera  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C5C6A76" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="6C7A1904" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:spacing w:after="80"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V rámci registrace Klienti do Portálu vkládají následující osobní údaje:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="606D0D7A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="231E9063" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">E-mailová adresa osoby – Klienta  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52AAEEA4" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="6695E906" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Jméno osoby – Klienta  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0291E3F2" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="20197AD3" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:spacing w:after="72" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="283"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Kontaktní údaje osoby – Klienta  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31E270A4" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="0C89BCDC" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Všechny osobní údaje vkládané do Portálu dle výše uvedených bodů 1 a 2 jsou považovány za osobní údaje nutné pro realizaci poskytnuté služby ve smyslu čl. 6 odst. 1 písm. b) Nařízení Evropského parlamentu a Rady (EU) č.</w:t>
       </w:r>
       <w:r w:rsidR="00466AFA">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>2016/679 (obecné nařízení o ochraně osobních údajů – GDPR). Provozovatel tedy osobní údaje zpracovává ze</w:t>
       </w:r>
       <w:r w:rsidR="00466AFA">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>zákonného důvodu, na základě jejich dobrovolného poskytnutí relevantními osobami, pouze v nezbytně nutném rozsahu, a výhradně za</w:t>
       </w:r>
       <w:r w:rsidR="00B9698B">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">uvedeným účelem. Totožné zásady jsou uplatňovány pro údaje vyplňované Klienty v rámci jednotlivých Plateb.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5708001F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="1B1EECFC" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Bližší informace o nakládání s osobními údaji obsahuje dokument „Pravidla pro zpracování osobních údajů v rámci Platebního portálu Kraje Vysočina“.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68F98D1C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="0C7647B5" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Provozovatel Portálu při identifikaci Partnerů a Klientů vychází ze znění § 11 zákona č. 253/2008 Sb., který umožňuje převzetí identifikace klientů od finančních institucí, které adekvátní kroky dle tohoto zákona provedly v rámci zřizování jednotlivých bankovních účtů Partnerů a Klientů. V případě, že by o totožnosti osob jednajících jako Partner nebo Klient nebo o konkrétních Platbách vznikly Provozovateli Portálu pochybnosti, je oprávněn do</w:t>
       </w:r>
       <w:r w:rsidR="00466AFA">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">doby poskytnutí přiměřeného ujištění poskytování služeb Portálu daným osobám pozastavit.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48A761EF" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="30A99B29" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Používáním služeb Portálu uživatel vyjadřuje svůj souhlas s tím, že Provozovatel Portálu prostřednictvím dodavatele IT řešení Portálu může používat ke zlepšení technických a uživatelských vlastností Portálu nástroje Google </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Analytics</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">. Analytické údaje slouží výhradně pro účely správy Portálu.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5864E3D7" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="75B23468" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r w:rsidRPr="00B9698B">
         <w:t>Reklamace, odpovědnost za provoz</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31859D07" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="509162AE" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Provozovatel Portálu není účastníkem právního vztahu mezi Partnerem a Klientem, a nenese žádnou odpovědnost za kvalitu a kvantitu hrazených Produktů. Zejména to platí pro Produkty, které Partner na svém profilu nastavil za</w:t>
       </w:r>
       <w:r w:rsidR="00466AFA">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">účelem umožnění úhrad peněžitých sankcí, např. pokut uložených obecní policií na základě zákona č. 553/1991 Sb. V těchto případech, kdy se jedná o uložení a vymáhání sankce, stejně jako v případech obdobných právních procesů zahrnujících rozhodování o individuálních právech a povinnostech občanů, nese veškerou odpovědnost za </w:t>
       </w:r>
       <w:r w:rsidR="00B9698B">
         <w:t>procesně právní</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> i</w:t>
       </w:r>
       <w:r w:rsidR="00B9698B">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">hmotněprávní správnost celého procesu Partner.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE5DAED" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="74839270" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Partneři i Klienti berou na vědomí, že softwarové řešení Portálu je průběžně upravováno a doplňováno, a</w:t>
       </w:r>
       <w:r w:rsidR="00466AFA">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Provozovatel je tedy oprávněn dle potřeby provádět změny Portálu za účelem zkvalitnění jeho fungování, nebo naopak některé mechanismy dočasně vyřadit z provozu do doby odstranění zjištěných chyb.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="260C9795" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="7695BBBC" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provozovatel neodpovídá za jakékoliv chyby a výpadky informačních systémů bank, karetních společností, poskytovatele platební brány a dalších finančních institucí navázaných na provoz Portálu.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4C1FEEBE" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="69500E9C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Provozovatel Portálu je povinen Partnerům oznamovat významné změny ve fungování Portálu, které mají vliv na</w:t>
       </w:r>
       <w:r w:rsidR="00466AFA">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">jejich registraci, uživatelský profil, nabídku Produktů, platební metody a postupy pro Klienty.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0016D109" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="3F4D657E" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="0" w:right="6" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">V případě, že Partnerovi nebo Klientovi vzniknou důvodné pochybnosti o tom, že byla konkrétní Platba správně realizována (výše částky, doba zpracování, bankovní účty, doprovodné údaje o Platbě apod.), bude kontaktovat Provozovatele.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="065DE9DD" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="173B5F0E" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>V případě, že Partner není schopen příchozí platbu na svůj účet přiřadit konkrétnímu Klientovi, anebo příchozí platba postrádá jiné zásadní údaje pro její identifikaci a zařazení, kontaktuje neprodleně Provozovatele a zašle mu veškeré relevantní údaje spojené s touto příchozí platbou. Pracovníci Provozovatele následně dohledají informace o platbě v</w:t>
       </w:r>
       <w:r w:rsidR="00B9698B">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>systému Portálu, a pokusí se Partnerovi poskytnout údaje umožňující správnou identifikaci platby. V</w:t>
       </w:r>
       <w:r w:rsidR="00466AFA">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>případě, že ani po komunikaci Partnera s Provozovatelem nebude možné informaci související s platbou dohledat, je Partner povinen danou platbu odeslat s totožnými údaji zpět na sběrný účet Provozovatele, a to ve lhůtě nejdéle do 60 dnů od data původní platby realizované Klientem. Provozovatel po obdržení vrácené platby následně bez odkladu provede vrácení předmětné platby zpět na účet Klienta. Provozovatel výslovně upozorňuje, že postupy pro vracení plateb nelze s</w:t>
       </w:r>
       <w:r w:rsidR="00B9698B">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t>ohledem na daňový řád (§ 165 odst. 1 zákona č. 280/2009 Sb.) použít v</w:t>
       </w:r>
       <w:r w:rsidR="00466AFA">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">případech, kdy jde o platby pokut spadajících procesně pod tento zákon.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BE1817A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="5BBA4C1D" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Podpora uživatelů:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="753103AC" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="1506DEF0" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Provozovatel portálu poskytuje Partnerům portálu e-mailovou a telefonickou podporu při řešení problémů spojených s registrací Partnera a se správou profilu a nabízených Produktů. Podpora bude poskytována v</w:t>
       </w:r>
       <w:r w:rsidR="00466AFA">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">pracovních dnech v době od 8 do 16 hodin, aktuální kontakty jsou uvedeny na Portálu.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7466C9C1" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="43A34DF7" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provozovatel Portálu poskytne Partnerům a Klientům Portálu podporu prostřednictvím webu Portálu, kde budou k dispozici návody, odpovědi na nejčastěji kladené otázky (Podpora), a obecný e-mail „info@pkkv.cz“. Klienti jsou povinni v případě otázek směřujících k obsahu nabízených Produktů využívat především kontakty na odpovědné osoby Partnera uvedené přímo u daného Produktu.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2656DD16" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
-[...18 lines deleted...]
-    <w:p w14:paraId="6D6C6517" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="6AF2E015" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="0073691A">
+      <w:pPr>
+        <w:pStyle w:val="Nadpis2"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Relevantní normy:  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="028B804A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Provoz Portálu se řídí těmito právními předpisy a interními normami:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726F03DC" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="3CC557B2" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="0073691A">
+      <w:pPr>
         <w:spacing w:after="11"/>
-        <w:ind w:left="567" w:right="4" w:hanging="283"/>
+        <w:ind w:left="567" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">zákon č. 89/2012 Sb., Občanský zákoník,  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27F40D54" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="79C22613" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="0073691A">
+      <w:pPr>
         <w:spacing w:after="11"/>
-        <w:ind w:left="567" w:right="4" w:hanging="283"/>
+        <w:ind w:left="567" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">zákon č. 370/2017 Sb., zákon o platebním styku,  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58B01379" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="283B92A7" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="0073691A">
+      <w:pPr>
         <w:spacing w:after="11"/>
-        <w:ind w:left="567" w:right="4" w:hanging="283"/>
+        <w:ind w:left="567" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">zákon č. 21/1992 Sb., o bankách,  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75E7FF7E" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="1075CBF1" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="0073691A">
+      <w:pPr>
         <w:spacing w:after="11"/>
-        <w:ind w:left="567" w:right="4" w:hanging="283"/>
+        <w:ind w:left="567" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">zákon č. 250/2000 Sb., o rozpočtových pravidlech územních rozpočtů,  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60416C3F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="121D83AB" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="0073691A">
+      <w:pPr>
         <w:spacing w:after="3"/>
-        <w:ind w:left="567" w:right="4" w:hanging="283"/>
+        <w:ind w:left="567" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">zákon č. 253/2008 Sb., o některých opatřeních proti legalizaci výnosů z trestné činnosti a financování terorismu,  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E2A73F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="1150E38F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="0073691A">
+      <w:pPr>
         <w:spacing w:after="11"/>
-        <w:ind w:left="567" w:right="4" w:hanging="283"/>
+        <w:ind w:left="567" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">zákon č. 128/2000 Sb., o obcích,  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A36E71E" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="67368D69" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="0073691A">
+      <w:pPr>
         <w:spacing w:after="11"/>
-        <w:ind w:left="567" w:right="4" w:hanging="283"/>
+        <w:ind w:left="567" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">zákon č. 129/2000 Sb., o krajích,  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="674D2B75" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="32DBD248" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="0073691A">
+      <w:pPr>
         <w:spacing w:after="11"/>
-        <w:ind w:left="567" w:right="4" w:hanging="283"/>
+        <w:ind w:left="567" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Nařízení Evropského parlamentu a Rady (EU) č. 2016/679, obecné nařízení o ochraně osobních údajů (GDPR),  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1689253D" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="361EE588" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="0073691A">
+      <w:pPr>
         <w:spacing w:after="11"/>
-        <w:ind w:left="567" w:right="4" w:hanging="283"/>
+        <w:ind w:left="567" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">zákon č. 110/2019 Sb., o zpracování osobních údajů,  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="266640B2" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
-[...4 lines deleted...]
-        </w:numPr>
+    <w:p w14:paraId="5A584FEC" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="003F4E56">
+      <w:pPr>
         <w:spacing w:after="11"/>
-        <w:ind w:left="567" w:right="4" w:hanging="283"/>
+        <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Obchodní podmínky společnosti GlobalPayments.cz, s.r.o. vztahující se k provozu Platební brány.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BCCB499" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="08FEEF73" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:pStyle w:val="Nadpis2"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Účinnost:  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37391372" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
+    <w:p w14:paraId="3734B2AB" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00244FA7">
       <w:pPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tyto obchodní podmínky verze </w:t>
       </w:r>
       <w:r w:rsidR="008D422B">
         <w:t>02</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> nabývají účinnosti dne 1.</w:t>
       </w:r>
       <w:r w:rsidR="00B6291F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D422B">
         <w:t>8</w:t>
       </w:r>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00B6291F">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23ABC94B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00B50530">
+    <w:p w14:paraId="7BB7242E" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00B50530">
       <w:pPr>
         <w:spacing w:after="95" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="706" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="105603A9" w14:textId="77777777" w:rsidR="00B9698B" w:rsidRDefault="00B9698B">
+    <w:p w14:paraId="3BF405A7" w14:textId="77777777" w:rsidR="00B9698B" w:rsidRDefault="00B9698B">
       <w:pPr>
         <w:spacing w:after="95" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="706" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4ED733D3" w14:textId="77777777" w:rsidR="00B9698B" w:rsidRDefault="00B9698B">
+    <w:p w14:paraId="1B89A4C6" w14:textId="77777777" w:rsidR="00B9698B" w:rsidRDefault="00B9698B">
       <w:pPr>
         <w:spacing w:after="95" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="706" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30EBFFCB" w14:textId="77777777" w:rsidR="00B9698B" w:rsidRDefault="00B9698B">
+    <w:p w14:paraId="0A82EFE3" w14:textId="77777777" w:rsidR="00B9698B" w:rsidRDefault="00B9698B">
       <w:pPr>
         <w:spacing w:after="95" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="706" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="68C0D5ED" w14:textId="77777777" w:rsidR="00B6291F" w:rsidRDefault="00B6291F">
+    <w:p w14:paraId="5C399488" w14:textId="77777777" w:rsidR="00B6291F" w:rsidRDefault="00B6291F">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DBD45E" w14:textId="77777777" w:rsidR="00B6291F" w:rsidRDefault="00717536" w:rsidP="00B6291F">
+    <w:p w14:paraId="280400AC" w14:textId="77777777" w:rsidR="00B6291F" w:rsidRDefault="00717536" w:rsidP="00B6291F">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="2113" w:hanging="10"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">PRAVIDLA PRO ZPRACOVÁNÍ OSOBNÍCH ÚDAJŮ </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="346EE9E0" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B6291F">
+    <w:p w14:paraId="3C9A831A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B6291F">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1560" w:right="2113" w:hanging="10"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">PLATEBNÍ PORTÁL KRAJE VYSOČINA </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E0EF40B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="0EA45444" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="95" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="1080" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3EB51047" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="514163AF" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Projektová kancelář Kraje Vysočina, příspěvková organizace, IČO 71294376, se sídlem Ke Skalce 5907/47, 586 01 Jihlava (dále jen „PKKV“) je administrátorem Platebního portálu Kraje Vysočina. Nezbytným předpokladem pro</w:t>
       </w:r>
       <w:r w:rsidR="008D422B">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">poskytování služeb občanům prostřednictvím Portálu je zpracování osobních údajů jednotlivých Partnerů Portálu a Uživatelů Portálu relevantních pro výkon předmětné agendy.  PKKV je tedy na základě článku 4 odst. 7 Nařízení GDPR správcem osobních údajů. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="433E5C2B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="549A0624" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:spacing w:after="119" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="219" w:hanging="219"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Jedná se zejména o tyto údaje: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A62B86F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="33EA7D8D" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">identifikační údaje jako je například jméno, příjmení, číslo občanského průkazu, datum narození, titul,  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="484A59DC" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="45DF6855" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">kontaktní údaje jako je například adresa, elektronická adresa, telefon, datová schránka atd., </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67661719" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="26B2641D" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>údaje o rodině a rodinných příslušnících jako jsou například údaje o manželce/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ovi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, partnerce/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>ovi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> či dětech, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5291138A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="24B78135" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">ekonomické údaje jako je číslo bankovního účtu,  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A77FD5" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="2EE48B79" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:spacing w:after="63"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">další specifické údaje vyžadované Partnerem, které jsou nutné pro správnou úhradu a zatřídění zvolené Platby. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EDFDB09" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="10C763CC" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Všechny subjekty nabízející úhradu občanských služeb prostřednictvím Portálu jsou povinny minimalizovat rozsah osobních údajů požadovaných po Klientech tak, aby Klient prostřednictvím Portálu k Platbě přiřazoval pouze nezbytné osobní údaje. Toto platí zejména v případech, kdy subjekty nabízejí úhrady pokut a jiných sankcí.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CE294C7" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="4C4C3D7C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Za dodržení pravidla požadování těchto údajů pouze v nezbytně nutném rozsahu odpovídá Partner, který Produkt k</w:t>
       </w:r>
       <w:r w:rsidR="00B9698B">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">úhradě na svém profilu nabízí.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B726C16" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="23DF969D" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Osobní údaje nejsou užívány k profilaci ani k automatickému rozhodování o právech a povinnostech. Správce upozorňuje, že v rámci Portálu, mohou být pro účely technického fungování a uživatelského komfortu používány vývojářské nástroje, např. Google </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Analytics</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FA96102" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="53A1D356" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Povaha a účel zpracování osobních údajů jsou dané účelem Portálu, kterým je nekomerční zprostředkování platebních služeb občanům Kraje Vysočina tak, aby mohli provádět bezhotovostní úhrady občanských služeb nabízených obcemi a dalšími subjekty v Kraji Vysočina. Správce nemá právo svěřené osobní údaje použít k</w:t>
       </w:r>
       <w:r w:rsidR="008D422B">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">jakýmkoliv jiným účelům. Toto platí zejména v případech, kdy byly osobní údaje Správci předány v rámci platebních operací týkajících se úhrad pokut a jiných sankcí.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FFB5B7A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="02355CF8" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="194" w:right="4" w:hanging="194"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Právními základy (tituly) zpracování osobních údajů zaměstnance PKKV podle Nařízení tedy jsou: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F11150" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="543C3796" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">zpracování pro splnění smluvní povinnosti, tj. čl. 6 odst. 1 písm. b) Nařízení GDPR, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33321A88" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="252D56C1" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t>zpracování je nezbytné pro splnění úkolu prováděného ve veřejném zájmu čl. 6 odst. 1 písm. e) nebo pro</w:t>
       </w:r>
       <w:r w:rsidR="008D422B">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">účely oprávněných zájmů třetí strany čl. 6 odst. 1 písm. f). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24309F89" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="5765EBC0" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Osobní údaje jsou vedeny v Platebním Portále pouze v elektronické podobě, ke zpracování dochází prostřednictvím výpočetní techniky při dodržení všech bezpečnostních zásad pro správu a zpracování osobních údajů. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78651339" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="7C120315" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Zpracování osobních údajů Správcem začíná vložením údajů v rámci registračního procesu. Doba trvání zpracování osobních údajů je dána fungováním Portálu, pokud Partner nebo Uživatel neprojeví vůli ukončit zpracování jeho osobních údajů dříve. V takovém případě požádá Správce o ukončení registrace a likvidaci osobních údajů v této souvislosti zadaných. Správce tomuto požadavku vyhoví, nebrání-li tomu dokončení již zadaných plateb, nebo požadavky legislativy ČR na evidenci plateb plynoucí mj. z požadavků zákona o platebním styku, zákona o některých opatřeních proti legalizaci výnosů z trestné činnosti, zákona o účetnictví atd.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="589F6459" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="5A0D30C4" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Správce nemá právo získané osobní údaje předávat třetím subjektům a nesmí být předávány do třetích zemí. Toto omezení se nevztahuje na případy plynoucí z právních předpisů ČR stanovujících povinnost Správce předávat relevantní údaje orgánům státu (Policie ČR, FAÚ, ČNB apod.). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="75D980DF" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="4714BE06" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Správce se zavazuje o předaných osobních údajích zachovávat mlčenlivost. Správce zajistí závazek mlčenlivosti ve vztahu ke všem osobám, které budou mít k osobním údajům přístup, s výjimkou případů, kdy se na tyto osoby již vztahuje zákonná povinnost mlčenlivosti. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3431E359" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="01CAB876" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="284" w:right="4" w:hanging="284"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Partner Portálu (resp. fyzická osoba zastupující Partnera) a Uživatel Portálu, jako subjekt údajů má tyto práva: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78EB9C61" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="591336E5" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">právo na informace, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01DB2749" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="512DD997" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">právo na opravu poskytnutých osobních údajů příp. doplnění neúplných osobních údajů, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F7EBA50" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="670163FF" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">právo na přístup k poskytnutým osobním údajům, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BBE8201" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="3B662E4A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">právo na výmaz osobních údajů, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="668E4344" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="5A0AA200" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">právo na odvolání poskytnutého souhlasu se zpracováním osobních údajů, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AB77EE9" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="64F5C106" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="5" w:line="249" w:lineRule="auto"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">právo na omezení zpracování, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8CB078" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="42FAFA04" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">právo na námitku proti zpracování dle čl. 21 odst. 1 nařízení, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C5AE74C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="31564871" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:spacing w:after="11"/>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">právo na přenositelnost údajů, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76684A9D" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="5625DA7C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:ind w:left="567" w:right="4" w:hanging="283"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">právo podat stížnost správci, jeho pověřenci pro ochranu osobních údajů (Mgr. Sylva Staníková, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0062C3"/>
           <w:u w:val="single" w:color="0062C3"/>
         </w:rPr>
         <w:t>stanikova@pkkv.cz</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, 736 473 809) nebo Úřadu na ochranu osobních údajů (www.uoou.cz, adresa Pplk. Sochora 27, 170 00 Praha 7).  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A035A8E" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="053BB32C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>Další podrobnosti o právech subjektu úda</w:t>
       </w:r>
       <w:r w:rsidR="00983524">
         <w:t xml:space="preserve">jů a jak je uplatnit jsou </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">zveřejněny zde: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
         <w:r>
           <w:rPr>
             <w:color w:val="0062C3"/>
             <w:u w:val="single" w:color="0062C3"/>
           </w:rPr>
           <w:t>https://www.pkkv.cz/file.php?nid=20000&amp;oid=8766077</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId9">
         <w:r>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DB5B442" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="5E555694" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Součástí pravidel Portálu upravujících nakládání s osobními údaji jsou i veškerá pravidla a normy uplatňované společností, která je poskytovatelem služeb platební brány pro provozování Portálu, která jsou zveřejněna zde: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r>
           <w:rPr>
             <w:color w:val="0062C3"/>
             <w:u w:val="single" w:color="0062C3"/>
           </w:rPr>
           <w:t>https://www.globalpayments.cz/cs</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId11">
         <w:r>
           <w:rPr>
             <w:color w:val="0062C3"/>
             <w:u w:val="single" w:color="0062C3"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId12">
@@ -3661,155 +3698,155 @@
           <w:rPr>
             <w:color w:val="0062C3"/>
             <w:u w:val="single" w:color="0062C3"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId16">
         <w:r>
           <w:rPr>
             <w:color w:val="0062C3"/>
             <w:u w:val="single" w:color="0062C3"/>
           </w:rPr>
           <w:t>udaju</w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId17">
         <w:r>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0ED10413" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="0AE7636E" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>Správce upozorňuje, že za pravdivost a správnost poskytnutých údajů nese odpovědnost Partner Portálu a</w:t>
       </w:r>
       <w:r w:rsidR="008D422B">
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Uživatelé Portálu, kteří mohou Správce požádat o opravu chybných údajů.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0395F3F2" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="69DE2982" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Tato pravidla jsou platná po celou dobu provozu Portálu. Závazek Správce nepoužít údaje uživatelů k jakýmkoliv jiným účelům, než je zprostředkování platebních operací přes Platební portál, není časově omezen. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2ABC3061" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
+    <w:p w14:paraId="0AEB430F" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536" w:rsidP="00B9698B">
       <w:pPr>
         <w:spacing w:after="87" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1098CC30" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="7E786053" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="95" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="209" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50DE03D6" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="6B145419" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="95" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="209" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7045FDA2" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+    <w:p w14:paraId="05EB3E58" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
       <w:pPr>
         <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
         <w:ind w:left="706" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00B50530" w:rsidSect="00B6291F">
       <w:headerReference w:type="even" r:id="rId18"/>
       <w:headerReference w:type="default" r:id="rId19"/>
       <w:footerReference w:type="even" r:id="rId20"/>
       <w:footerReference w:type="default" r:id="rId21"/>
       <w:headerReference w:type="first" r:id="rId22"/>
       <w:footerReference w:type="first" r:id="rId23"/>
       <w:pgSz w:w="11909" w:h="16841"/>
       <w:pgMar w:top="1266" w:right="994" w:bottom="2151" w:left="851" w:header="794" w:footer="0" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45D3184B" w14:textId="77777777" w:rsidR="007537D3" w:rsidRDefault="007537D3">
+    <w:p w14:paraId="3E747322" w14:textId="77777777" w:rsidR="00D01A69" w:rsidRDefault="00D01A69">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1B5C9D66" w14:textId="77777777" w:rsidR="007537D3" w:rsidRDefault="007537D3">
+    <w:p w14:paraId="668A649F" w14:textId="77777777" w:rsidR="00D01A69" w:rsidRDefault="00D01A69">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -3841,543 +3878,695 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="0984F0B3" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="2030193A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:pPr>
       <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="1172" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="66DDCAFF" wp14:editId="65C17CF7">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="535AA4EC" wp14:editId="5775CE0C">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>276225</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9855759</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="6939281" cy="485775"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="13319" name="Picture 30"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="30" name="Picture 30"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6939281" cy="485775"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="777070"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4C12B3A8" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+  <w:p w14:paraId="70449C03" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="1076" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:t xml:space="preserve">Strana </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:t xml:space="preserve"> z </w:t>
     </w:r>
-    <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
-[...7 lines deleted...]
-    </w:fldSimple>
+    <w:r w:rsidR="000422F4">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="000422F4">
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="000422F4">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="007248EA" w:rsidRPr="007248EA">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="777070"/>
+      </w:rPr>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r w:rsidR="000422F4">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="777070"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="04830974" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+  <w:p w14:paraId="1322060B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:pPr>
       <w:spacing w:after="844" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="1114" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="320E5D51" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+  <w:p w14:paraId="1B4E9DA7" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="2284" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">                  </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="6FC93CFD" w14:textId="77777777" w:rsidR="007A6E47" w:rsidRDefault="00717536" w:rsidP="00B6291F">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3232AF84" w14:textId="2FD98799" w:rsidR="007A6E47" w:rsidRDefault="000422F4" w:rsidP="00B6291F">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:drawing>
-[...39 lines deleted...]
-      </w:drawing>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wpg">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DB65F90" wp14:editId="6C3E244F">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="page">
+                <wp:posOffset>2274570</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>5778500</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="5879465" cy="2933065"/>
+              <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="13346" name="Group 13346"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
+                  <wpg:wgp>
+                    <wpg:cNvGrpSpPr/>
+                    <wpg:grpSpPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="5879465" cy="2933065"/>
+                        <a:chOff x="3508119" y="6629141"/>
+                        <a:chExt cx="4096457" cy="787549"/>
+                      </a:xfrm>
+                    </wpg:grpSpPr>
+                    <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:nvPicPr>
+                        <pic:cNvPr id="13347" name="Picture 13347"/>
+                        <pic:cNvPicPr preferRelativeResize="0"/>
+                      </pic:nvPicPr>
+                      <pic:blipFill>
+                        <a:blip r:embed="rId1">
+                          <a:extLst>
+                            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                            </a:ext>
+                          </a:extLst>
+                        </a:blip>
+                        <a:srcRect/>
+                        <a:stretch/>
+                      </pic:blipFill>
+                      <pic:spPr>
+                        <a:xfrm>
+                          <a:off x="3508119" y="6629141"/>
+                          <a:ext cx="4096457" cy="787549"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                      </pic:spPr>
+                    </pic:pic>
+                  </wpg:wgp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="margin">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="margin">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:group w14:anchorId="533D80A4" id="Group 13346" o:spid="_x0000_s1026" style="position:absolute;margin-left:179.1pt;margin-top:455pt;width:462.95pt;height:230.95pt;z-index:-251655168;mso-position-horizontal-relative:page;mso-position-vertical-relative:page;mso-width-relative:margin;mso-height-relative:margin" coordorigin="35081,66291" coordsize="40964,7875" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAgCyycTgIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWycVNuO2jAQfa/Uf7D8&#10;viSBcEkE7AtdVKlqEW0/wDhOYjWOrbEhbL++YyewXXarrfYBk3HG4zPnnMny/qwachJgpW5XNBnF&#10;lIiW60K21Yr+/PFwt6DEOtYWrNGtWNFHYen9+uOHZWdyMda1bgoBBIu0Nu/MitbOmTyKLK+FYnak&#10;jWjxZalBMYchVFEBrMPqqonGcTyLOg2FAc2Ftbi76V/SdahfloK7b2VphSPNiiI2F1YI68Gv0XrJ&#10;8gqYqSUfYLB3oFBMtnjptdSGOUaOIF+UUpKDtrp0I65VpMtSchF6wG6S+KabLeijCb1UeVeZK01I&#10;7Q1P7y7Lv552QGSB2k0m6YySlimUKdxM+i2kqDNVjplbMN/NDoaNqo981+cSlP/Hfsg5kPt4JVec&#10;HeG4OV3Ms3Q2pYTju3E2mcQYBPp5jRr5c5NpvEiSjBLMmM3GWZIml4xPQ5U0zmbpdN5XmS/m0zTz&#10;KdEFQ+ShXpEZyXP8DcTh0wvi3jYYnnJHEHQoov6rhmLw62juUGPDnDzIRrrH4FdU04NqTzvJd9AH&#10;zzXA3noNMMNfHFSY+yb9QZ/rTxIDohSwFw3WP4m9sPI36hYMHfnEZzccGmkeZNN4jfzz0AvOwY2P&#10;XqGj9+hG86MSreuHDsK1urW1NJYSyIU6CPQQfC4GxSzwPQ5f0Nc6EI7XXiaP7AmMjywa6hUL/dMK&#10;Fzu9ZQSWG7BuK7RCqizOPSAcZJ/l7PTFemDomUvKgKzHEkAiNNz0ZsLBC7nDR8JP9t9xyHr6lK3/&#10;AAAA//8DAFBLAwQKAAAAAAAAACEAirRZqqCTAACgkwAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5n&#10;iVBORw0KGgoAAAANSUhEUgAABtsAAAOICAYAAAC3xE7HAAAACXBIWXMAACxKAAAsSgF3enRNAAAg&#10;AElEQVR4nOzdwXUbV7c26Pfv1ROMrjP4lIGVgdERmIOeGzcC84vAdAQfHcGFMiAzAGc9FDMgMjBG&#10;Nbw9OKcEiKYkiqpCnSo8z1pYlGSrqmyJqMJ5z977//zv//5vAAAAAAAAgO/3f019AQAAAAAAADBX&#10;wjYAAAAAAAB4I2EbAAAAAAAAvJGwDQAAAAAAAN5I2AYAAAAAAABvJGwDAAAAAACANxK2AQAAAAAA&#10;wBsJ2wAAAAAAAOCNhG0AAAAAAADwRsI2AAAAAAAAeCNhGwAAAAAAALyRsA0AAAAAAADeSNgGAAAA&#10;AAAAbyRsAwAAAAAAgDcStgEAAAAAAMAbCdsAAAAAAADgjYRtAAAAAAAA8EbCNgAAAAAAAHgjYRsA&#10;AAAAAAC8kbANAAAAAAAA3kjYBgAAAAAAAG8kbAMAAAAAAIA3ErYBAAAAAADAGwnbAAAAAAAA4I2E&#10;bQAAAAAAAPBGwjYAAAAAAAB4I2EbAAAAAAAAvJGwDQAAAAAAAN5I2AYAAAAAAABvJGwDAAAAAACA&#10;NxK2AQAAAAAAwBsJ2wAAAAAAAOCNhG0AAAAAAADwRsI2AAAAAAAAeCNhGwAAAAAAALyRsA0AAAAA&#10;AADeSNgGAAAAAAAAbyRsAwAAAAAAgDcStgEAAAAAAMAbCdsAAAAAAADgjYRtAAAAAAAA8Eb/99QX&#10;AADAcnRd9z7JT2/4rT8leT/w5fR2b/x9H1er1d9DXggAAACwPP/nf//3f6e+BgAARtR13fqFX/5S&#10;KPauvl7yLsm/hrimhTgk+fiFf/ZUX899TPI8wHtarVYv/bsAAADADAjbAAAa1XXdu3wefH3r50ny&#10;y3hXxBk9PPv5Uz4P7z4L7Var1W70KwIAAABeJGwDABjZs9aK7/J5QLY++fFPSX4+y0WxZM8r7nYn&#10;Pz4N6bTJBAAAgAEI2wAAvtOz8Gx98o9Of6zCjDl5zDGE29Wvf+cY2ml1CQAAAF8gbAMAyBcDtHc5&#10;VqG9T/JfZ70oaFPf4vIpx9aWu/7XhHIAAABcGmEbALBoJyHaTymBWerX/te0bYThnbay3NWvfQtL&#10;gRwAAACLImwDAGbrJEh7V1+ngZo2jtC2fY7VcU85tq38e7Vaffzi7wIAAIDGCNsAgCZ1Xfcunwdo&#10;gjS4LH113NOz18fVavX3l34TAAAAnJuwDQCYxEmY9tLrX1NcEzArjynVcLscq+K0qAQAAODshG0A&#10;wCi6rusr0d698BKmAWN6KYhTEQcAAMAohG0AwJudzEzrv67r158nvCyAr3nISUvKlGo4M+IAAAB4&#10;M2EbAPBVJ4HaOsdg7V1UpwHLcloN95QSwu0mvB4AAABmQtgGAJzOT3v/7KtAjVP7lBDiaz6mBBbf&#10;6+kVx36LPiz+Xu/q62t+ecNxmZ/+7/2ufv2oEg4AAIBTwjYAuCBd161zDBH6QE3Lx2Xpq3NOvRSA&#10;PeXlcOtptVq99Ou80sm8wufe5Z8B3kv/7vsk/zX4hTG0xxxbUe7iewcAAOBiCdsAYGFOqtTWOS7k&#10;W7yfj4eTH/+dspD/pZ9Hm7vlO/me7j3/+Wn1npmJ0zqkfI/2L60oAQAALoCwDQBm6lmo1v9YW7t2&#10;nLZcfB6S7U5+rBqG0dRq1t5pKPf8x8L4cT3m8xDu42q1eku7VQAAABokbAOAxtVQ7f3J611Urkyh&#10;r1hJPg/PnnIM1QRnzFrXdX0Id9re8l2OlXQC/eHscwzfdhHAAQAAzJawDQAaoVJtMqczznb161OO&#10;AZoFcHjmWWvLdf3a/5pWlm8ngAMAAJghYRsAnFnXdadz1N7Vr0K14Z1Wou3q16f6+nu1Wn38528B&#10;hnTSxrKvmOu/vkvyr2muanY+a0FpBhwAAEB7hG0AMKLaku1dygLzOhaYh/JSkPYxpUJNK0eYiZMK&#10;uZde3iu/7CEnFXDe8wAAAKYlbAOAgdQKjtOKNdVqb9e3dvwUoPUvi8pwOU7CuOeVcd5fP3dIbTuZ&#10;Er7tJr0aAACACyNsA4Dv9Gy2Wh+uqcD4Ps/DtE9fzScCXuOkJe+7fB7ICeKKx5QAbpfy3vo05cUA&#10;AAAsmbANAL6iBmt9oLauX/9rwkuai77NYx+kPUVlGnAmLwRx65Qg7ufJLmp6+3xe/WZuJQAAwECE&#10;bQBQ1flqz1+CtS/bpwRofai2SxLty4CW1ff6n3Kco/kul1kNp/UkAADAQIRtAFykF4K1S1xofY2X&#10;ArW/VUQAS/OsRXD/40u7Nzyktp4UvgEAALyesA2AxTtpBbmOYO0lfcvHpxyDtSeBGsDFh3DCNwAA&#10;gFcQtgGwKGasfVVfpbbLSbC2Wq3+nuyKAGaqVki/y/F+8y7Jv6a7orMQvgEAALxA2AbArHVdt84x&#10;VHuf5S90vsZjjhVqqtQAzqTrup/yz9mfP096UeO6zzF8c58BAAAulrANgNk4mbO2zvIXMF/jIccK&#10;tV1KqPY03eUA8JK6MeRdlj0n9JByL7pLCd+eJr0aAACAMxK2AdCkWh2wzjFcW+LC5Gs95jhTbReh&#10;GsDsnWwgWWoAt08N3lLCNy2LAQCAxRK2AdCEuui4zjFcu8R2kPscWz9q/whwYRZewd3Pe7tzbwMA&#10;AJZG2AbA2alayyH/DNV2k14RAE2qLShPA7glbEY55Fj1dqfqDQAAmDthGwCje7ZTf51lLBS+1mNK&#10;+8eP0QISgB+00A0rjynhm6o3AABgloRtAAyu7sLvX++T/NeEl3NOD1GtBsCZLawVs6o3AABgdoRt&#10;APyQkx3265RFviXssP+Wvg3krn79qFoNgFZ0Xfcun1eUz3n220Nq+KbqDQAAaJWwDYDvUhfw1jmG&#10;a3NewHuNfY7VartoAwnADD2rOp/rxph9ju0mdxNfCwAAwCfCNgC+amGtqb7lebD2UfsqAJaohm+n&#10;1W9za/ms3SQAANAMYRsAnzkJ1/rX3BbfXkuwBgDVAu7/9zm2m3ya+FoAAIALI2wDuHALWFx7jecz&#10;1naCNQD4spk/Hzwm2aZUvD1NeykAAMAlELYBXJiZL5691kM+r1h7mvRqAGDm6vPDVeY38+0x5Xlg&#10;u1qtPk58LQAAwEIJ2wAW7gLCtcd8HqxZSAOAkdWZb+uUAO7nSS/m9fYprSYFbwAAwKCEbQALs/Bw&#10;7ZDPW0HuJr0aACBd1/2UY/C2TvKvKa/nlQRvAADAYIRtADPXdd27HBe31llWuNa3g+zDtadpLwcA&#10;+JYZPpsI3gAAgB8ibAOYmbqAtT55zWH3+Gv0VWu7lHaQuykvBgAYRm052YdvrbecFLwBAADfTdgG&#10;0LiT1kzrlIWqpYRrj/m8JeTTpFcDAIzuZNNQH761XPUmeAMAAF5F2AbQoLoDfJ2yENX6DvDXesjn&#10;lWt/T3o1AMDkZlT19phkm+TOBiEAAOA5YRtAA7que59j9dqvk17MMPapFWspVWt2gwMAX/Ws6q3l&#10;56E+eNvaPAQAACTCNoBJPJu7dpW2Wyi9xmM+D9eeJr0aAGD2uq67yrHqrdU22vcprSbvBG8AAHC5&#10;hG0AZ1IXjNZpv03Sa/Tz1nYp4ZrFJQBgNLULwCbtPkcdcgzd7qa+GAAA4LyEbQAjWVhrSPPWAIAm&#10;1A4BfdXbL9NezYv2KcHbVittAAC4DMI2gIF0XfdTjm0h12m33dFrfArXVqvVbtpLAQB4WX3+6oO3&#10;Fjc3me8GAAAXQNgG8ANq9Vq/wNNiS6PXEq4BALN2Eryt0+ZM3PuU0E2bSQAAWBhhG8B3mMEizmsJ&#10;1wCARavzcvtXS89shxyr3bSZBACABRC2AXzDQqrXhGsAwMVqOHh7THKb5E6bSQAAmC9hG8AzC6le&#10;e0wJ1+6EawAARw0Hbx9Sqt12U18IAADwfYRtAPlUvbZOssk8q9f6cG2XUr1mZzQAwDc0GrztU6rd&#10;tp7pAABgHoRtwMU6WVxZJ/nXtFfz3fY5hmvaDgEA/KBGg7f7lNDtbuoLAQAAvkzYBlyMruve5Riu&#10;/TrpxXy/Q2qwllK59jTp1QAALNRJS/GrtPPMuE+yTQnenqa9FAAA4DlhG7BotT3kJiVgm1t7yIcc&#10;w7WPU18MAMClOQneNkl+mfZqPjHbDQAAGiNsAxalLois014LoNf4NHdNqyAAgLacdEnYpI1NXGa7&#10;AQBAI4RtwOzVhY912mr18xqH1Mq1aA0JADAbJ90TrtLG7N8PSW51QwAAgGkI24BZqgscffVaCzuL&#10;X0trSACABem6rn8mbaGrwmNK6Lad+DoAAOCiCNuA2agLGeu0s4P4Nfb5vHpNix8AgAVqbL7bIck2&#10;JXh7mvZSAABg+YRtQLNmPH/tPiVcu7O4AQBweWqb8019Tb1J7D4ldNtNfB0AALBYwjagKSc7guc0&#10;f+0xx3BtN+2lAADQkq7r1jnOd5ty89g+yU3KM6tuCwAAMCBhGzC5uvO3b7kzh/lrh9RwLaU15NOk&#10;VwMAQPNONpVdZ9pnXi0mAQBgYMI2YBJd171PCdfWmUfA1s9eU70GAMAPqZvNrlOeh6esdvuQZOv5&#10;FgAAfoywDTibk4DtKtPPrngNs9cAABhV13WblGfkXya8jMeUSrfthNcAAACzJWwDRtV1XT9/bZ32&#10;A7Z9juHa3cTXAgDABWmk2m2fY4tJc90AAOCVhG3A4E4CtqmHwL/GY8qCwm61Wn2c+FoAAKCFajdz&#10;3QAA4DsI24BBzChgO6RWr6VUsNmxCwBAkxqpdjPXDQAAvkHYBrxJ13U/5RiurdN2wLZPCdd22kMC&#10;ADBHDVS7PSS5EboBAMA/CduAV3sWsP068eV8i/aQAAAsTtd171Oq3abqKLFPCd22E5wbAACaJGwD&#10;vmpmAdt9tIcEAOACnDyn3yT51wSXsE9ym9Ji0rM3AAAXTdgG/MOMArZDjuGa9pAAAFykruvWKdVu&#10;Uzy7H1JCt1uhGwAAl0rYBiSZVcDWz1/bag8JAABHXde9SwndNjl/i8lDShv329Vq9XTmcwMAwKSE&#10;bXDh6qD11gM289cAAOCVGmgx+SFlrtvTBOcGAICzE7bBBeq6rq9gm2qo+mvcJ9mltIh8mvZSAABg&#10;niZuMSl0AwDgIgjb4ELMKGDrZ7CZ9wAAAAOpLSZvMs3ngQ8pbeB3Zz4vAACchbANFqzuYt2k3YDt&#10;kGO4djf1xQAAwNLVFpP9XLdzt5h8SKl02535vAAAMCphGyxM13XvcwzYppjP8C0CNgAAaECd33yd&#10;5Oczn1roBgDAogjbYAFqS5jrtBuw7VMCtu1qtfo49cUAAABHE851E7oBALAIwjaYqRqwXaVUsZ17&#10;J+prCNgAAGBGTua6/XbmUwvdAACYNWEbzEidr3CVaVq9vIaADQAAZu5krtt1zjv7WegGAMAsCdtg&#10;Buoshaucv63LawjYAABggU5Ct03O265e6AYAwKwI26BRXdddpQRsVznvbtLXELABAMAFqRsAb3L+&#10;0O3aZw4AAFonbIOGdF33PmXX6FXO+yH2NQRsAABw4WrotknyyxlP+yGl0u3pjOcEAIBXE7bBxOoQ&#10;8n4Om4ANAABoXtd165RKN6EbAAAXT9gGE6izD65y/h2hryFgAwAAXkXoBgAAwjY4q5M5bL9NfS3P&#10;CNgAAIA3qy3xr3O+zzqHJLdJbler1d9nOicAALxI2AYjO5nDtknyX5NezOcEbAAAwKBqm/ybCN0A&#10;ALggwjYYQcNz2A45Bmy7ia8FAABYqIlCt+vVarU90/kAAOATYRsMqOu6TUrI9uvEl3KqD9juVqvV&#10;3dQXAwAAXI4JQrd9yjy37ZnOBwAAwjb4UXUg+CYlZGupTeR9SgWbgA0AAJjUBKHbQ0rotjvT+QAA&#10;uGDCNniD+kFxU18ttYm8z7GKzbwCAACgKROFbpvVavV0pvMBAHCBhG3wSl3X/ZRSvbZJ8su0V/OZ&#10;xyTblIDtadpLAQAA+LYJQrcPKTPdbEoEAGBwwjb4hq7r3ie5TlttIvcpAdtWwAYAAMzVmUO3Q5Lb&#10;JLdCNwAAhiRsgxfUD3xXKSFbK20iDzkGbB8nvhYAAIDBnDl026fMc9ue4VwAAFwAYRuc6LqubxP5&#10;68SX0jvkOIPtbuqLAQAAGFPXdeuU0O0crfsfU1pL7s5wLgAAFkzYxsWrbSI39dVKm8j7HEM27U0A&#10;AICLcubQ7SHJRot+AADeStjGReq67qcc20T+PPHl9B5T2kTe+ZAHAADwKXS7zXk+t/2V0l7ShkcA&#10;AL6LsI2LUj+obVKCthaq2PYpFWy3AjYAAICXdV23Sal0G3um9iElcLsd+TwAACyIsI3Fq1Vsm5Qq&#10;trE/mL2GOWwAAABvcMbQbZ/SWnI38nkAAFgAYRuL1XXdVUrI9uvEl9J7yLFNpLYkAAAAb1A3VF7X&#10;19gdS+6TXOtEAgDAS2o3vY/CNhal67p3KQHbJm1Use1T5guYwwYAADCgGrrdJPn9DKf7M6X9v42T&#10;AACNqEHXS94n+ekN/6z3y3deyv8jbGMRGqti69tE3q5Wq49TXwwAAMCS1U2XN0l+G/lU+5R5btuR&#10;zwMAsDj1me3ds19+Kfhav/Db32f8jgY/QtjGfNVvzuskV2mjiu0+pYJtO/WFAAAAXJq6s/km378T&#10;+Xs9pLSWtLkSALgYL4Rlz4Oyl37eckA2JGEb81MHYm8y/geo19AmEgAAoCE1dNtm/E2Zf6VUumkt&#10;CQDMxrPQ7KeUUKx3Gpj9lOTns13YvAnbmIeTKrZNpk/DtYkEAABoXN2oeZtxP0MeUqrctiOeAwDg&#10;i7quOw3IvvbjqdfVl0zYRtvqLLbrtFHF9pBk60MUAADAPHRd91PKZ8o/Rj6V1pIAwGBqpX7yeeXZ&#10;uxwr0oRnbRG20Z5axbapr6lnse1T2o9stYkEAACYp/o58ybJbyOfSmtJAOBFz9o3ruvX0zBNgDZf&#10;wjbaUavYNkl+nfhSkuRDSsC2m/pCAAAAGEbdJX6TcbunaC0JABekVtKfBmY/5fMqtBa6tjEuYRvT&#10;Omnpscn0VWyPKf387+xCBAAAWK46z+0m434OfUiy0SUFAObrpBrtNFBb16/vMv2aNm0QtjGNuptw&#10;k/FbeHzLIcldklu99QEAAC7HGee5/ZnymdOmTgBoyLOKtHX9elqZJkjjtYRtnE9989qkfJiZ+o3q&#10;IaVN5Hbi6wAAAGBCdcf6bcYdabBPqXLbjXgOAODESVVa/+rDtZ+S/DzRZbFMwjbG13Xd+5SA7SrT&#10;Dng8JNmm7Ch8mvA6AAAAaEztwHKbcRff7lNCN1VuAPCDXgjTTl9TF3twWYRtjKf2wN9k+gGQ9ylV&#10;bHcTXwcAAACN67ruOmWe21ibRQ9Jblar1e1IxweAxaibYU4r0t5HmMb4HpO8dnPUU5IbYRuDqrsJ&#10;NimVbFNWse1Tqti2qtgAAAD4HnUMwm3GnTP+kOTa/HAALtlJddppmPZTpi/goC2HJC89Mz3V13N/&#10;f+HfT5K/x3j+ErYxiLrD4Drj9rh/DVVsAAAADKJ+1r3JuAt+f65Wq5sRjw8Ak6pjhn5Kso65aZfk&#10;pYDsYz6vGHspFHuaYwGNsI03qzv9rlI+eExZtquKDQAAgNHUMQm3Ga+Dyz5llttupOMDwKi+EKi9&#10;i3aPc7fP55Vju5MfPw/KRqkYmwthG9+tlvbepARtU7aKVMUGAADAWdQNpzdJfh/xNH+lzHN77YwQ&#10;ADibF1o+rqNCbU4eTn58WmH2lJNAzeaftxG28Wpd112ltIqcsl+uKjYAAAAmU1tL3ma8hcV9yiw3&#10;G0sBmES91/XVaWaotes0PNu99GPB2fkI2/iqunNvkxKyTVnyq4oNAACAZnRdd51S6TZWx5f7lNaS&#10;qtwAGFxd9+3DtHfR9rEVfYB22qLxKcfKs4+eDdokbONFjbSKPKTsFlTFBgAAQHPqQuVtkt9GOsUh&#10;JXCz8RSANzlp/biuX99FldoU+hDtKcfgbNf/mvXv+RO28ZlGWkU+pARs2wmvAQAAAF6lttvaZrxq&#10;AFVuAHxV13WnFWr9j81SG99jShXaaSXarn4Vol0QYRuttIo8pHwwufUGBAAAwBx1XXeT5I+RDn9I&#10;meW2Hen4AMyAUO2s+iDtqb4+BWpmofGcsO2CNdIq8jGl5cadHXoAAADMXf2svc14HWMeUqrcnkY6&#10;PgANeNb+Uag2vENKcPZSRZq5aHw3YdsFqu0trpP8OuFlfEipYvv4zX8TAAAAZqbruk3K5tIxNrce&#10;ktysVqvbEY4NwBnVrmPv83mlmplqP26fY0Xa6etva9KMQdh2QeqD/k2maxW5T/mgsbUzAAAAgKWr&#10;C6i3SX4b6RQPSa58xgaYh1oE8S6fV6xN1XFs7vrKtKfnL9XfTEHYtnC13HiTUsk21Rv3fUrAdjfR&#10;+QEAAGAydXF1m3E2vx5S2kr6zA3QCC0gB/NQv+5ybPeoMo0mCdsWqg7KvM54u+e+5ZDyQeLWTgIA&#10;AAAuXa1yu0ny+0inuE8J3VS5AZxRXYd9/lKt9jpfqk4zM43ZEbYtTNd1Vykh21R9fR9TArbtROcH&#10;AACAZtVF2W3GqXBQ5QYwkhdmq72ParXXeB6o9dVpu+kuCYYnbFuA+kZ/lWnnsX1IaRW5m+j8AAAA&#10;MBtd190k+WOkw6tyA/gBL7SBfJ/p1l3nQKDGxRO2zVgN2a4z3Ty2Q8qg561WkQAAAPB96mLuNuN0&#10;p9mnBG67EY4NsBj1vbgP1NbRBvJrHnMM056i5SN8ImyboXoDuMl089i0igQAAICBdF13nfI5f4zF&#10;3b+S3FgIBTBf7ZX6KrU+UPuY5EmxBXydsG1Guq5bpzx8TzWPTatIAAAAGMHIVW6PKVVuH0c4NkCT&#10;XgjWplpTbdU/qtSs+8LbCdtmoOu6TUqryCkGbmoVCQAAAGcycpXbn6vV6maE4wJMqm5YWEew9pKH&#10;JH/npFrN5gsYnrCtUXUe2yYlZJti+KZWkQAAADCBkavcHlKq3J5GODbA6MxY+6KHHOeo7aL1I5yV&#10;sK0x9WaxSQnZprhJaBUJAAAADRixyu2Q5NoGW6B1tSChD9XWEawlpUiib/24i1ANmiBsa0QN2W6S&#10;/DbB6Q8pO+ZuvTEDAABAO0aucrtPqXL7e4RjA3y3ruvW+bxibYqOX604namm/SM0Ttg2sXoDuU7y&#10;6wSn36cEfHcerAEAAKBdI1a57VMCt93AxwX4qq7rnreC/HnSC5rOISVM26W2gfSeDPMjbJtI13VX&#10;KSHbFMM6H1Kq2O4mODcAAADwBiNXuf25Wq1uRjguQN8Ocp1juDbFmmgL+rlqfbXaR0UQsAzCtjPr&#10;um6TshNtihLoD0lutIoEAACA+apVbv8Z4dCPSa6sGwA/SjvI7HOcqaYFJFwAYdsZ1J0b10k2Of+N&#10;5ZDkNqWSzS4JAAAAWIDafm2b4duuHZJcr1ar7cDHBRaqVt2eBmuXVrX2mBqopYZr1mHh8gjbRnQS&#10;sl1n+J7q37JPqWLbnvm8AAAAwJl0XXeT5I8RDv0hJXSzYAx85sKr1h5ybAFpthrwibBtBHU3x02S&#10;q5w/ZHtICdl2Zz4vAAAAMIG68L3N8Avej0k2Wp/B5TqZtbbOZVWtHVICtV20gQReQdg2oJOQ7bcJ&#10;Tv8hpVWkN30AAAC4MHVB/CbJ7yMc/t+r1ep2hOMCjaktavuqtXUuo2rt+Xy1j2ZXAt9L2DaAuoNs&#10;k/OHbP08tq0bAAAAANB13VVKldvQnXbuU6rctJWEBanrmv3rfc7fpevc9jm2gdzFfDVgIMK2H1Bv&#10;Rjc5f/n0PseQzc0AAAAA+KRWud1l+PWKfZIrXXVgni6wJaRgDTgbYdsbTBiyPaa0itye+bwAAADA&#10;zHRdd52yfjF0pYq2kjADdeTNOpfREvJ0xtougjXgzIRt36Hruk2S6yQ/n/nUD0luVqvV7sznBQAA&#10;AGaszl/aZvi1DG0loTH1+32dY+XaUsO102DNjDWgCcK2V6gh203Of4P6kFLJpj0DAABwUWqrq/cT&#10;XsKThTuWpOu62yS/D3xYbSVhQifz1vqQbanz1h5ybAf50XsO0CJh21dMFLIdUvqq3/hgBwAAtO4L&#10;odj62c+/FJy9z3wXBh9e+LW/UxYCT32sv94T4jGZujB/F20lYZZOwrV1ljtv7TGfB2u7aS8H4HWE&#10;bS+YMGS7Talk04IBAAA4uzrb5V396emPn4dlS13gm8JpaPdUX//4sYCOodSA/C7Dfx9rKwkDu4Bw&#10;7ZBjK8hdzFkDZkzYdmKikG1fz3nnZgIAAIyhLtYlnwdo/a/9lPPPpebtHnOslNvVr0/1FRUAvFbX&#10;dddJ/jPwYbWVhDeqQfg6x7aQSwzXTttB7mwkAZbk4sO2eiO7TrLJBCHbarXanvGcAADAwpwEae9z&#10;rED7KSVUO/fcadrRh3JP9dW3uPxbEEKv67r3KVVuQ79X/Lf1Dvi6Z+HaOsvb+LLP5xVru0mvBmBk&#10;Fxu2nYRs1znvjICHlJBtd8ZzAgAAM3USpj3/usQd75zPIcd5cqdftay8MHV95DbJbwMf+kOSa118&#10;oLiAcK2vWtulhGtPk14NwJldXNgmZAMAAFpSP6O8z7HF42mF2jk/s8CpfUpFXB/E7aIqbtHqaI3b&#10;DPu+85gyx83fGy7SgmeuqVoDeOZiwrYJQ7YPSW49WAIAwGWrC259iNYHaktaeONy9C0qdzlWxH1U&#10;wTR/ta3kNsNW3BxSAre7AY8JTVpwuPaYGqzFrDWAFy0+bJs4ZLtx8wEAgMtxUqXWh2nrmJ3G5ehb&#10;U37MsSpOCDczI7aV/Gu1Wl0PfEyYVA2or7K8cO0hJVzbxfs4wKssNmybKGQ7pAwWFrIBAMDC1d3r&#10;73IM17R9hJf9I4TTcqx9I7WVfEhyZeGeuarh2vrktYT7/mlLyJ3uXABvs8iwrT4Q3uR8u0cPKQ+g&#10;tx4YAQBgWbque5fPA7X3UakGQ+gXeD+9bFxty0htJfcpgZsFfZpXnwHW9XWVZYRrj/k8XHua9GoA&#10;FmJRYZuQDQAA+BEvVKstqSUUzEFfBbeLAK4JI7aV/O/VarUd+JjwQ+rf93WOrXT5hdoAACAASURB&#10;VCGXsLnmIZ+Ha9YwAUawiLBNyAYAAHyvGqydVqsNWbkBDKufHySAm8hIbSU/rFarzYDHg+9Wnwf6&#10;cG0JzwKf5q1p2QtwPrMO2yYI2fYpD5ZbIRsAAMyHYK1Z+5QZXl+yO89lvGj9lX/2Lsuodpiz0wq4&#10;XUoA53P6yEZqK/mYZO3Pj3M5mbt2lflXsB/y+fvgbsqLAbhkswzb6gfl25zvA/I+yY32BgAA0L6T&#10;+SpaQY7neUj2McnfX/l5LmEBsH5WPfVTyt/BL/38fZYx/6cV+xyr33Zmgo1jpLaSh5TAzZ8Zgzt5&#10;Luir1+b8vnsarnmfA2jIrMK2+sHlJuf7sCxkAwCAxtXPCeuU4GKdeS+iTeUxx3Bsd/Lrpz9WOTSi&#10;GmD0QdyXfvwuKuq+12n7SbOKBtR13XWS/wx8WHPc+GEnc9fWKQHbnN83hWsAMzGLsK2Wd99GyAYA&#10;ABftWdXaOtpBfksfov2dEjYkxwDtydyr+TqpontXX8mx9aWKuS97zOfh29OkVzNzdb1ml2H/vv21&#10;Wq2uBzweF6D+Xewr1+Zc0b7PSYtc4RrAfDQdttUP0jcZtjXB1wjZAACgISdzVdYpAcKcd6cPrZ9Z&#10;9Y8g7RJaNvJt9TP1uxyr406/CqqLvvXkLsK3N6lVRHcZNuB4SHKlEpEvOdl8s04J2ea6wUDlGsBC&#10;NBm2jdT/+2uEbAAA0AAtIf/hoX7d5Riq/W0xjiGctK7sv76rr0uujBO+vVHXdbdJfh/wkPuUwM37&#10;HUmSruv6yrV15rthQLgGsFBNhW31Qf+6vs7xYC9kAwCACZ2Ea+vMu+3Tj3jIMUh7qi/z0Zhc/f68&#10;9CBO+PYdahiyzXB/Rw5JNqvV6m6g4zEjtXqtD9h+nfRi3k64BnAhmgnbuq7bpLSMPEdbGCEbAABM&#10;YEEzVb7XPjVEO/1q4Z45OqmIe1df6/r1Etq87lNaJu5SFs6F4s/U9/lthq08+nO1Wt0MeDwaVN9b&#10;1jk+J8z1PeU+wjWAizN52FZ3yt3mPOXfQjYAADijZzPX1ll+RUwfqu3q1yfz07gk9TP+u1xOCPeY&#10;Gr75Xj+qock2w1YjfUhyLeBclpPnhKvMdxPOQ47h2m7aSwFgKpOFbfVmepvz3EiFbAAAcAa15dM6&#10;x4WzpYZrh5TqtP4lVIOvqCFcXw33PvNdVP+a03ZxdypXk67rbpL8MeAhH5OsBW7ztZDqtcccv893&#10;014KAK04e9hWP3zfJPntDKc7pAR6tx7EAABgHHVGz7q+ztGx4twec2z9uIt5ajCIuj7wvr7WWd48&#10;uE8tJy955thIc9zW2vPNxwKq17SPBeCbpgjbbjLsrqaXCNkAAGAkC1g0+5rHnFSs2bEO53UyD26d&#10;YxA3x8qXl/RznC6u6m2EOW6HlJaS24GOx4AWUL12yOfh2tOkVwPALEzSRrK2j9hmnJvtQ5IrIRsA&#10;AAxjAYtmX3IarO1USUCbFloB17eh217Ke89Ic9z+XK1WNwMejzeq36f9c8KQf8bn0ofhngcAeJMp&#10;Z7aN8ZDVMzQXAAB+wAKr1/apLSCjYg1m72Q+ZP9eNecWtn0VTd9yctFrGSN0PPqwWq02Ax6PVzpp&#10;I32V+W3Eeczxe2438bUAsACThW29EXp39/ZJNm6YAADwOjNfNDt1yHG+2i5mrMFFqF101jkGcHOt&#10;frvPMQR4mvhaRjHCWtBjyhw37/UjOgm5++eFOX2P9ZtuLiLUBuD8Jg/bkk83623G2TGrpQAAALyg&#10;dpu4qq85tnzq9e0gdynBmvZPwGkw0L/muIngMWW9ZHFz3moF9V2G+3PZp4wVcQ8YUP1z6p8V5lRB&#10;eshx083ivn8AaE8TYVuv67rrJP8Z4dCPKVVuHrgAALhoJ+0hN5nXotmphxxbQtqdDrzKyfzJ/jW3&#10;98DFzXmrfyZ3GW7z9SElcNsNdLyLVCsP5zintf8eufN3AIBzaypsSz59+N9m+IfeQ5Kb1Wp1O/Bx&#10;AQCgafUZe5N5tof8rCWkxTNgKDMP3/YpIdUigreu67ZJfhvwkP+9Wq22Ax5v0Z61h5xTpXvfGnKX&#10;ErDZfAPAZJoL23pd190m+X2EQz+k7HJyAwYAYLFOdqVfZV4zVU7bPu2WsIgMzMOMw7dFBG9d122S&#10;/M+AhzRW5Ctm3B7yIce5a7P9+w7A8jQbtiWfhhtvM/zu20NKW8m7gY8LAACTmWnAJlwDmnQSvs2p&#10;nd6sg7e6DnSX4e5hH1ar1WagY83eTNtD9n+nd9E6GoCGNR22JZ8ebrcZp4z9Q5JrN2oAAOaoPiv3&#10;C2dzavvUz1y7m+NiMHCZnrXaW6f9TQ2zDN5GGC/ymGR9iWs/M35OuM/xOeFp2ksBgNdpPmzr1d03&#10;2wz/MLtPqXLbDXxcAAAY3EwXzh5zXDTbTXspAMM4acO3TvLLtFfzTfskt5lJeFHvdXcZ7v/rY8pI&#10;kaeBjtesGgpfpcxqnUt7yE/Va7pQATBXswnbkk8PDNuM8xCrlzcAAE2aYcC2Tw3XouUTcAFm1nLy&#10;MWVtpfngreu6bZLfBjrcIaXCbTZVfq9Vg99Nyt+/lv/unVK9BsCizCps63Vdd53kPyMc+jGlym1x&#10;D14AAMxP7e6wyTwCNotmAFUNP9Yp4UfLVW/3KRsj7lrdGNF13SbJ/wx0uEPKus/sq6dmOKdV9RoA&#10;izbLsC0ZpYd375DkZrVa3Q58XAAA+KYZLZ71rSEtmgF8xUl18jrtvrcfcgzdmntPH2G0yH+vVqvt&#10;QMc6ixlWuSdlRmv/9+pp4msBgFHNNmzrdV13m+T3EQ79kNLPu8mdXQAALEfXdesc2z+1uAjbU70G&#10;8IPqe34fmrTY8q+vQNq21PmnbrreZbj7ZPPjRE7mr7VeIdnTRhqAizX7sC359KC6zfAPqYtpLwAA&#10;QFtmMl9FyyeAEZ2EKZsM37lnCP18t20LwUmt7tpluP9XH1ar1WagYw2iPh/0AVuLfyeee8yxeq2Z&#10;cBYAzm0RYVvy6YFrm3FK6T8kuW7hwRIAgPmawaJqclxY3Vk0AzifGbQJvE8J3SbdfDHC+s99ykbr&#10;ydZ8ZrIBp3fIsXqt2Vl/AHBuiwnbeiP08e7tUx6+dgMfFwCABTtZPN2k3RZQ97FoBtCMxue89VXP&#10;t1O2FO66bpvkt4EO95hkfc574MmM1nXaD9hUugPANywubEs+7RjeZpzFjL9Wq9X1CMcFAGBBThbR&#10;hloIHNIhx3DNohlA407uKa0Fbw8p6y+TbNboum6T5H8GOtxjkqsxA8SG/xxfotIdAL7DIsO2Xtd1&#10;10n+M8KhH1Oq3DxsAADwSd30dZ0220D1u9LvdGsAmK9GA5t+E8ftuddKBu5wdEipcBvkv2EGrUFP&#10;aQ8JAD9g0WFb8qnv9TbjzMT492q1uh3huAAAzMTJQtp12pvD1gdsWxvFAJan0eDtMcltzhjY1LWf&#10;XRoI3GYWsGkPCQADWXzY1uu67jbJ7yMc+iGlyu1phGMDANCohttEPua4K13ABnAhGgzezlrtVqvL&#10;7zLcxpf/Xq1W2+84dz9/rfWATXtIABjBxYRtSdJ13TrlgWLolj6HlMDNLiAAgAWri2mb+mqpTWS/&#10;cHZnExjAZWu0suoxJXTbjnmS+t++yxkCt5OAbTPg+cZyn2MF29PE1wIAi3RRYVvy6cFrm3EeOO9T&#10;Qjd9rQEAFqTruk3KYtov017JZwRsAHzVSfC2SRv3sEPKvet2rHtX/W++zXCV559GiMwoYOurCvuA&#10;zToVAIzs4sK23sADdE/tUwK33cDHBQDgjOqC2nXKgloL7biS42yV0RYpAVimBoOih5T72Shdgrqu&#10;22a4wO0+ybu08f/tS/pnhDtrUgBwfhcbtiWfHjS3GWd311+r1ep6hOMCADCSkwqA67SzoNYvnm3N&#10;VgFgCF3XvU8J3a4yfVvkfY7VboNWYHVdd53kP0MeszHmrwFAIy46bOuN+PD1mFLl5oEHAKBhddHx&#10;OmXRsYUqtr79061nSQDGVDv/XGW4KrAf8SED3/tqK+j/Gep4DbhPmUunjTQANETYVtUFlm3G2cH8&#10;qb83AADtaGwW26f5KmO11AKAL2msuvshpaJ7O8TBuq5bp9xjW9hQ8xb3OT4jmL8GAA0Stj3Tdd1t&#10;kt9HOPRDSpXb0wjHBgDglRqcxWYBDYCmnNwrp24zOViLybrJepc27v3fYgMOAMxAfWZaJ/n/hG0v&#10;qDuethn+gfKQErh5UAIAOLPaJus6bVSx9TNWtgI2AFrWUJvJD0lufmQTcw3c7jL9nLqX9DNad9aN&#10;AKBNtRPA+uTVdwP4f4RtX1D/p22T/DrC4e9TQjcLKwAAI6q7zDb1NfXCWr+ItjWHDYC5qeskm5SN&#10;K1PeUx9SQrfdW35z/e/YZfpWmYlnAwBoXi3OWqdsPvrS84Ow7VvqDq5thm8zsE8J3HYDHxcA4OLV&#10;h+FNpt+Fn5Sd+NpAAbAYJ/fZq0zXlnGfErptv/c3Thy49dXtOwEbALSnVsKv6+u1xVjCtteoO6K3&#10;Gafl0F+r1ep6hOMCAFycrus2KTvup96t/pjkNuawAbBgNbTq2zRPde89pNxzv2uuW73225xnY04f&#10;sN39SBtMAGB4J88z6/p6SwW/sO17dF13neQ/Ixz6MaXKzY4mAIDvVDdGXafssJ9qd31SFvu2KYt9&#10;TxNeBwCcXd0Ffp3pqt0OKS0Zv2uuW9d124wTuD3U6xGwAUBjapV+H7ANsWFI2Pa96sPjNuPs2Pr3&#10;arW6HeG4AACL01CryPuUWSvaRAJw8RqZ7fYh5d68e82/PGDgdp9jwKayHQAaUTfprnMM2IbeGCRs&#10;e6uu626T/D7CoR9SqtyeRjg2AMDsNdIqcp9jm8inCa8DAJrVwMaYh5SK829uiPmBbkYCNgBoUNd1&#10;fbB2lfE3AAnbfkR9aNxm+D+oQ0rgZnc0AEA+7ZK/rq8pW0V+1055AODTbvJNfU1R7bZPaS+5/dq/&#10;VDf0/M8rjidgA4DG1OeNPmD79cynF7b9qLrws804f3j3KaGbBzcA4CKdzH+ZslVkX8W29VwGAD+m&#10;BlqbJL9McPp9jvNVX7ynfyVwE7ABQGNGmL32VsK2odSSxG2G32m9TwncdgMfFwCgWfWB+SbTLMT1&#10;VLEBwEjqhpptplkYO+QYuj09/4c1cLtNsouADQCaUYufrjLe7LW3ErYNqZYpbjPOotBfq9XqeoTj&#10;AgA0oy5u3WSaFlOJKjYAGFUN2TY5z/yU1/iQErp9nPpCAIB/qs8O65Tnhymr175G2DaGHxiq+y2P&#10;KVVuHgABgMVoZB6bKjYAGMnJDJXrtBGwnTqkVK/dvFTlBgCcX+0kuE47m3O+Rdg2lpHbIfx7tVrd&#10;jnBcAICzqQtvNykPz1OEbP3clq3FNQAYVt1Ms0mbu9D7gO1utVrdTX0xAHDpGm4P+RqPSf5fYdvI&#10;uq67TfL7CId+SKlyexrh2AAAo6nz2DZJfpvoEh5SArbtROcHgEV6tlD268SX85IPEbABQBNOKt+v&#10;Mu289u+1z3Gu664fQSFsO4O6oLTN8OWOh5TAzUMiANC8+kx0k2keorWIAoCR1FZP/au1nej3OVax&#10;mccKABM6md26TnuV719yyOfh2tNL/5Kw7Uzq7q7bjLOD+z4ldPPQCAA0p+u6TUrINkWf9X3KM9jW&#10;sxIADKcull1HwAYAfMUM568lpSPOLuVZ4uNrfoOw7czqX6xthn8Q3acEbruBjwsA8N1O2kjdZJqH&#10;6YcktzoAAMBwarunTX21tlgmYAOARjRe9f6SfWrlWk5aQ34PYdsE6uLTXcZpofTXarW6HuG4AADf&#10;VJ9zruvr3A/UWkUCwMDqvX1TX621e3pM2dB8594PANOZwdzWl9znWL329KMHE7ZNqOu665Td3kMv&#10;RD2mVLm9qrwRAOBHTRyyaRUJAAOrbaBbXDATsAFAA2YYsD3mGK7thj64sG1itcf5NuPsDvv3arW6&#10;HeG4AABJPrWTusk0rSEeUgK27ZnPCwCL1HXdOqWCrbWWT/uUtZOtgA0AplPXANaZT8DWt5nejf0M&#10;IWxrRNd1N0n+GOHQDylVbk8jHBsAuFAnIdtvE5z+Q8o8NlX8APCD6j39OmXRrKU5bP3slK17PgBM&#10;pz4rXKXNltLPfZq9du4Z7sK2htQdZNsM/3B7SAnczvqXCwBYnglDtkOOrSKfznxuAFiUhuew9fNX&#10;baoBgAnNLGB7SHl+mLTFtLCtMfWB9zbjLGDdp4RuZpkAAN9lwpDNPDYAGEijc9j6gO3OJmEAmM6M&#10;ArZPzw4pFWxNrBUI2xrVdd1VSpXb0D3S9ymB227g4wIAC1Qr769z/kU589gAYAB1VnzfJrKlOWz3&#10;KQHbduoLAYBL1XC1+3OPSXZpuL20sK1h9S/6XZJfRjj8X6vV6nqE4wIAC1BDtpuM8xzyNQ9JbmwM&#10;AoC3qzvTN/XV0hy2h5SNxXet7EIHgEtTc4ertFft/lwT7SFfS9g2A13XXacsdg29A+0xpcqtySQY&#10;ADi/CUO2Dykh29OZzwsAi3CycLbJ+e/jX/OYY8D2NO2lAMBlmknAdkipXusDtlltzBG2zURt+7DN&#10;OKWc/16tVrcjHBcAmImJQrZDyvPNrcU3AHibeg/fpK02kfuUhbJmWz0BwCVodF7rqX1qwDb32a3C&#10;tpnpuu4myR8jHPohpcrtaYRjAwCNmjBku00J2Wa1Uw0AWtBom8hDjgHbbuJrAYCL1XVdX8HW0kac&#10;U4vclCNsm6G6KLbN8A/Uh5TAbdYJMgDwbbVq/jbnDdn2KcHe7NpBAMDUGm4TeZ+yWGYtAQAmUj/j&#10;X6fdgK1vK71bUsB2Stg2U/Uh+zbJbyMc/j4ldLMIBgALU3fC32ScZ4gv2afMY9ue8ZwAsAiNtol8&#10;yHEOm7UDAJhA/XzfB2ytVLqfuqi5rcK2maslodsM/8C9TwncdgMfFwCYwEQh20PKTvftGc8JALPX&#10;aJvIfcqm34tYMAOAFtVnhL7S/edJL+Zl9yktIi9uQ46wbQFqldtdxmkj8ddqtboe4bgAwBlMGLLd&#10;2LQDAK/XaJvIQ8oG30XNVAGAOTl5RrhK8uvEl/OSiw3YTgnbFqTruuuUxbShq9weU6rcPFgDwEwI&#10;2QBgHhptE/khZcHMHDYAmEjtaneV836ufy0B2zPCtoWpgxC3GaeE9N+r1ep2hOMCAAOpO96u6+tc&#10;C3ZCNgD4DictoK7TTptIc9gAYGJ1fX9TX61swukJ2L5C2LZQXdfdJPljhEM/pFS5PY1wbADgjSYK&#10;2T4kuVX9DgCvU3eob9JOC6h9jm0in6a9FAC4TI3PYROwvZKwbcFqK4ptht8ld0gJ3LSTAIAGjNhK&#10;+ks+pFSyPZ3pfAAwWw3uUD+kLJrZMAMAE+q6bpM257AJ2N5A2LZwdZf7bcbp63qfErr5hgOACdQH&#10;85ucr/2UkA0AXqF+Fu/bRLayQ/0+ZdFsO/WFAMClqptwrtPWrNZEwPbDhG0Xoraq2Gb4b+BDkisz&#10;WgDgfOp9/TZCNgBoSu0ws8k4G17f4jHHNpEWzgBgAo3Oak08JwxK2HZB6s66uyS/jHD4v1IW4XxT&#10;AsBI6gLeTca5l79EyAYA39DgAtohx4UzbSIBYCKNtonsA7Y7n/WHJWy7QCPOdXlMaSvpYR4ABlQX&#10;8bYRsgFAM2ql+SbtLKDdpwRs5qsDwEQabRO5z3EjztO0l7JcwrYLVb/ptxmnd/yfq9XqZoTjAsBF&#10;qSHbTc7Xiuo+ybWHbwB4Wb039wtoLVSxaf8EABOrHeU29dXKrNZ9Spc7le5nImy7cF3X3ST5Y4RD&#10;P6RUuT2NcGwAWLT6oH5dX+fYCfeQUsm2O8O5AGB2ahuoTc5XZf412kQCQANqlftV2pnVekgJ2O5U&#10;up+fsI1+/ss2w+/KO6Tsjt8OfFwAWKwR2z2/RMgGAF9QO8Js6quFNlDaRALAxGqV+6a+WqhyT8oz&#10;wp11+GkJ20jyaQf9bcZJ4e9Tqty0tACAL6g75m9ynod1IRsAvKB+Nr5KqS5voQ2UNpEA0ID6mf0q&#10;7cxqfUxZz7/zjNAGYRufqaWv2wy/a++Q5MqiHgB8rlaY3+Q8bakeU6rOd2c4FwDMRq1i62exTV3F&#10;1reAutUmEgCmczKrdZPpnw+SModtm7IJ52naS+E5YRv/UHfy3WWcRb+/UnbSS9sBuGj1of0259kV&#10;t0+5/27PcC4AmIUGq9i0gAKABjQ4q9UmnBkQtvFFI86MeUxpK+nNAYCLUxf2bpL8fobTCdkA4Jla&#10;Vb7JOGMUvpcd6gDQgAar2GzCmRlhG19VW2lsM84uvz9Xq9XNCMcFgCaNuJHluUPKrrebkc8DALNQ&#10;N7tsUhbRzjEf9Vs+pARsu6kvBAAuWWNVbGa1zpiwjVfpuu4myR8jHPohpcrtaYRjA0AT6kzU24y/&#10;uHeo57n1YA4AzVWxPabcp+/cpwFgOo1VsR1yDNh0gpsxYRuvVj+kbDP8QuEhybWSWACWplaI3+Y8&#10;O+Q+pNxPLd4BcNEaq2KzgAYAjWisiu0+5fngbuoLYRjCNr5L/dBym3F2Bd6nVLlZJARg1ka+Xz73&#10;IWUu29MZzgUAzWqsis2cFQBoQGNVbNpELpiwjTep7bC2Gf4N6pDkSt96AOaqtl6+zvgP8Q8pIdtu&#10;5PMAQLPqBperlJmoU1ex7XNcQHua9lIA4LLV9evrTF/FdkhylzLuQZX7ggnbeLP6oeYu47xh/ZWy&#10;gCjhB2AWzjiXbZ9SCb4b+TwA0Kzaqvk6JWibepf6h5QqNm2gAGBCtYptU19Tb8J5SNmAs534OjgT&#10;YRs/rOu665RdhEN/wHlMWUyU+APQrPowv834u+X2KRtRtiOfBwCadFLFdp3k54kvZ5+yyUYbKACY&#10;WEOtpFW5XzBhG4Oouwq3GecDz5+r1epmhOMCwJvVBb+bJL+PfKpDymLercU8AC5RQ1VsfRuorQpz&#10;AJhWY62k71OeD1S5XzBhG4Oqc2r+GOHQDylVbk8jHBsAvkvXdZuUAGzsBb8PSa6FbABconq/3WT6&#10;WSuPKff9O/dkAJhW7S5zk+k34ahy5zPCNgZXy3a3GX5HwSFlwXE78HEB4FXqPe4247eusskEgItU&#10;F9CuU0K2FqrYbo02AIDp1Tnp15l+E86HqHLnBcI2RlHLeG8zTp/c+5QFSDsGADiLk51zY/d/f0zZ&#10;WLIb+TwA0JSGFtBUsQFAI+oac78JZ8pWkarY+CZhG6OqH5i2GX5H4iHJlcVIAMZWWyRfZ9zd9fsk&#10;N6q3AbgkdTPLJtMvoKliA4CGnMxrHXvD69d4PuC7CNsYXd2BcJdxdij+lbI4aUcBAIMasS3yqUPK&#10;7rhb9zIALkW9x14n+XXiS3lIuderYgOABjQyr1UVG28ibONsuq67TmnBNXRlwGNKW0k7DAD4YXWX&#10;/W3GXwD8kLJh5Gnk8wDA5OomzE1KyDZ1Fds2ZaPL04TXAQCkqVaRZrHxQ4RtnFUtAd4m+XmEw/+5&#10;Wq1uRjguABfiTC0jH1JCtt2I5wCAJpy0gbrKuPfXb3lIWUDbTngNAEDVSKtIVWwMRtjGJOpi5h8j&#10;HPohpcrtaYRjA7BQZ2oZaS4bABejtoG6zjgbLV+rn7WikhwAGtF13VXKM8KUrSJVsTE4YRuTqbsX&#10;7jL8wuYhybXFTAC+5UwtI81lA+Ai1Ptq3wZqyiq2x5R7r1lsANCARtpJ71M22W5twmEMwjYmVd9o&#10;b5L8PsLh71Oq3Hy4AuAfztQy0lw2ABavVohfZ/x5p1/TV7HdmucNAG1oZCPOQ8rzwd1E5+dCCNto&#10;Qi0f3mb4N91DkislwQD0ztQy8jGlyno34jkAYDKN7FBPVLEBQHMa2IhzSPncf2vzK+cibKMZ9cPa&#10;NuO8Cf+VUlngwxfAhar3mduMO3xZK2MAFq2OA7hOcpVpW0V+iCo2AGhKAzNbbcJhMsI2mtN13XVK&#10;a8mhP7g9prSV9GEM4MKMeG85ZWMHAItVF882SX6Z8DL2KQtoW/dbAGhD3djat4qcqtr9Q8rzwW6i&#10;84OwjTbVfr53GWcXxJ+r1epmhOMC0Ji6+36bcXfVPaRs5nga8RwAcHb1c9km0y6eJRbQAKA59Tnh&#10;JtNVu+9zbBVpEw6TE7bRtK7rbpL8McKhLYwCLFjdWXeT5PcRT7NPaRlpyDIAi1LnrGwybuvlb+kX&#10;0LY+twFAOxp4TnhIeT7YTnR+eJGwjebVqoS7DL+T0lwdgAXquu4qpcXUmDvw/4zdcwAsTANzVpLk&#10;PmUBzWYWAGhI/ax9nelaSpvXStOEbczCyBUK9ylVbhZMAWastrDYZtwHf5XRACzKSavI60zTAiop&#10;GyG3KQtoTxNdAwDwTF2TvUpZl52ipbRWkcyGsI1ZqTsothn+Q+AhyZUZAADz1HXddcrD/1iLhFpG&#10;ArAoDbSASpLHlMWz7YTXAAA8U0O260y3GUerSGZH2Mbs1Df7bZJfRzj8X0lu7JQAmIfaanibcdtd&#10;aRkJwGI00CrykDImQBsoAGhMrXi/SalmmyJk0yqS2RK2MVsjVjE8prQI86YO0KiR2wv3tIwEYBEa&#10;aRW5T5mpurWBBQDaMnHF+yHHZ4SnCc4PgxC2MWv1Q+NdxtmV+edqtboZ4bgA/IDaUvg24/WL1zIS&#10;gEVopFXkfcoO9d2E1wAAvKA+K9xk3NnnX7JP6TC2neDcMDhhG4vQdd1Nkj9GOLSqBoBGjNxGuKdl&#10;JACz10irSDvUAaBR9VnhJuNtYv0aG3FYJGEbi1Hn9txl+JvEIaXCYTvwcQF4pRFbB/dsrgBg1hpp&#10;FfmYsni2nej8AMAX1A2sV5kmZOtntt743M1SCdtYlJFn+NynLMSqdgA4k7pwuM14LS1sqABg1hpp&#10;FfkhJWQz9xoAGlPXS68zzYacfcpneh1kWDxhG4tU5/lsM/wN5JDkSpkzwPhqi+AxPwz8lbKrzgM/&#10;ALNT2z9tMs2MlcTiGQA0beKqd9XuXBxhG4s18mwfC7QAI6ltgbcZb87MB/xB5AAAIABJREFUY0o1&#10;226k4wPAKE52pm8yzYyVpLRevl2tVncTnR8A+Ioast1kmqr3h5Q1090E54ZJCdtYvBHn/DymtJXU&#10;KgVgACcLiH+MdIpDyuLgzUjHB4BRTLxolpizAgDNm/h54UM8J3DhhG1chHqzucs4VRJ/WrgF+DF1&#10;3sw24+3Sv0+pZnsa6fgAMLjaHv8607aKvE2y1dUDANpUP0/f5PzPC4eU5wQtpSHCNi5Mnf8zRsXE&#10;Q0qV29MIxwZYrFrNdpPk95FOcUh5f9bqCoBZqPfGq5T741StIu9TFs52E50fAPiGCUO2fT3vnZAN&#10;joRtXJw6C+guw39wPaSUS98OfFyARTpDNZv5mgDMRu3G0c9jG7oF/mscUu7LtzYRAkC7Jqx8f0ip&#10;dt+e+bwwC8I2LtLIlRT3KVUUFncBXnCGarbHlJaRu5GODwCDqZtPNpluHpvd6QAwA13XbTJN5ftD&#10;ykbW3ZnPC7MibOOi1Z0g2wy/c1TbMoAXjPi+m9R+8eZoAjAHdcFsk+nmsWkVCQAzMGHI9iElZHs6&#10;83lhloRtXLxaYbFN8usIh9fCDCCjv9cmZmcCMAP1frhJaf00xTw2rSIBYCYmCtk8K8AbCdug6rru&#10;OuUGNnS1xT7J1Wq1+jjwcQFm4QzVbOZlAtC0BuaxaRUJADMw4cacQ5LblJDNswK8gbANTtQPwXdJ&#10;fh7h8H9qbQZckjNUs5mRCUDTGpjH9pCyaKa9PQA0rH5+vq6vc27MsSEHBiJsgxd0XXeT5I8RDv2Y&#10;UuX2NMKxAZoxcjXbPsm1hUMAWjXxPLZDygZCM1YAoHFTh2yr1Wp7xnPCognb4Au6rnuf8iF16JJt&#10;Lc+AxTpDNZtZmAA0qYF5bPuU9k9b90mA/5+9u7mO68jWRfu9GrcTLZUHogfksUC4FhDHAoEWELJA&#10;SQuUtEAJCwq0oAALirDgAB5UtqJ5XiOCuiiKpAgyYuffnGOoWWujKAq5M75Ya8F+22HIpusdJhG2&#10;wRf0D75VktcTyht/BhyVBbrZLkopNxNqA8A324N9bLdpAdtmB88GAJ5gxyHbyndqmEfYBl9h4gHy&#10;Nu3w2G0S4GD1LwvrzNtHo5sNgL3TJ2FcZnf72K7Sbqa/39HzAYCvtMOQ7SrtUs7Ngs+EkyRsg680&#10;eTSag2TgINVaz9J+N84Yl3WXdiHBISIAe6NfxLvM7vaxfRgVeb+D5wMAT7DjkM3+VliQsA2eqNZ6&#10;mTZacvQH5EOSc4fKwCGYPGY3Sd6UUlaTagPAk9VaL9I++3a1j21lVCQAHAYhG5weYRt8g76X4TrJ&#10;8wnlHTADe003GwCnYocHZR/YrwIAB2RH7w4632EPCNvgO9RaV0l+nVD6Lq3L7X5CbYBvVmtdRzcb&#10;AEeuX65bZTf72LZpF/vcSgeAA7HjkG1tNQ3snrANvlNfjH6d8R0e27Qv2OvBdQGerP+u22ROR69u&#10;NgD2Qu/evsycPc1/5SHts9aBGQAcCCEb8IGwDQaYvLvoXdohtA9PYCcmdvEmutkA2AN9H9tFkp92&#10;8Pi7tMOyzQ6eDQB8AyEb8DFhGwxUaz1Pu406+kN2mxa4XQ+uC/BZk/dT6mYDYOd6yLbKnD2kf+Vd&#10;2mHZzQ6eDQB8o34hdcmQ7SHtfeVayAb7S9gGg/WbLZvMGT3zNm20pA9WYKpa62Xay/yMLw+62QDY&#10;mR3dRP/APjYAOFA7uKTzkPbOsFnoecB3ELbBJBMPqh+SnOsGAWboB5DXmTNGSzcbADvTO7ZXSc6z&#10;fMhmHxsAHCghG/A1hG0w0eQRbDpDgKEmjsJN/M4CYEdqrWdp+9h+3sHj7WMDgAMlZAOeQtgGC+iz&#10;nH+dUPourcvtfkJt4ET0brZ15hxC6mYDYCd6yLbKnG7tv3Kbdlh2s4NnAwDfQcgGfAthGyyk1voi&#10;rctt9Af1Nu0DeT24LnAC+kHkJnO+ROhmA2BxOzgge+wq9rEBwEHawUUdIRscEWEbLKh3j6ySvJ5Q&#10;/l1a94gdEMBXmdx1q5sNgMX09+yLJJdZPmTbpnWI28cGAAdIyAaMIGyDHZi4F2mbdsB9PbgucER6&#10;p+0mc/ZJvi2lXE6oCwB/0kO2y/7PjJ2jX/KQdjB3LWQDgMMjZANGErbBjvSDgU2SlxPKv0378Pal&#10;H/gPtdbLtC8Tow8kH9LC/pvBdQHgT2qtz9I+z86zfMh2m2TjoAwADtOj94gZe8s/RcgGJ0DYBjs2&#10;+eD73Bg3IBHwA3Acenf2ZZY7HHvsKi1ku9nBswGA7yRkA2YStsEe6B/2m8xpW39TSllNqAsciD4a&#10;4zpzRteeO3QEYLYdjHn6YJv2Gboqpdwv/GwAYIBHY6dn7Cz/FCEbnCBhG+yRWusqcz7479IOxO8n&#10;1Ab2WK11neT1hNLv0sZG6mYDYJpa60WSi+wmZFsnWfusA4DDtIPdrtu0kG29wLOAPSNsgz3TR+Ns&#10;kjwfXNoHPpyQyb9LLkop14PrAsAfesi2SvLjwo9+6M+9FrIBwOGauLblU1zSAYRtsI/6zZtVdKMA&#10;32Dil4rbtN8f94PrAsCHd+CLtNvnS4dst2n72DYLPxcAGGjhCztCNuAPwjbYY5P3LOlMgSPTDyk3&#10;SV5OKP+LzlgAZtjBiKfH3qUdkN0s/FwAYKB+hraJkA3YEWEb7LnJh+dv00ZLejGAAzcxnL9LC+ff&#10;D64LwImrtT5LC9gusnzIdpX2Hny/8HMBgIH6d+FVltnvKmQDPkvYBgeit8GvM/4g4iHJuYN0OFy1&#10;1nXmjJ19W0q5nFAXgBPWQ7ZVkp8XfvSHA7KNkA0ADlt/n1hnzuX0T3FRB/giYRsckP4iscmc2zpv&#10;SimrCXWBSfrvhOskzweXfkjrZrsZXBeAE9Zvnl9k+ZDtIe0d2i10ADhwO7i0I2QDvoqwDQ5QrXWV&#10;5NcJpe/SutzuJ9QGBprY7fouLWhzGAnAEAuPd3rsIe1wbLPwcwGAwXaw41XIBjyJsA0OVK31RdoN&#10;3dEdLdu0l4n14LrAAP0Lxjrjb/Ftk1w6kARglFrredqB2NIh221aF9v1ws8FACaotV6mXdxZImS7&#10;TTsXu1ngWcAREbbBAeuH7qvM2dWkuwX2zMSQXVcrAMP07utVkh8XfrTDMQA4Igu/U3iPAL6LsA2O&#10;QB/Nc53xN3y2aYGbW8GwY/0m328TStvXCMAQOwzZjHkCgCOy8AhqO8uBIYRtcCR6l9smycsJ5d+m&#10;HWDocoOFTfxv+yGtm+394LoAnJD+OXWRNi5yyZBtm3bZTMgGAEei1vosbW3CjLOtj9ntCgwlbIMj&#10;028UrzO+y83BPCys3+bbZPzhpTGxAHyXHrJd9n+W2J/ywTbtXXftcwwAjsPE3eSfsk0L2dYLPAs4&#10;IcI2OEL9JtAmc9rtjZyDBdRaV0l+HVx2m+TSzT0AvtUOQ7aHtEO4jZANAI7Dwu8VLuwAUwnb4IhN&#10;OqxPkru0Lrf7CbXhpPUvG9cZH5b77xaAb9Yvc62SnGf5kM2IJwA4MgvverUeBZhO2AZHrtb6Iq3L&#10;7fng0truYbA+NvI64w8xdaQC8E0ehWxLjHV67Dati22z8HMBgIn69951xp9TfcpV7HcFFiJsgxPQ&#10;O2VWSV5PKG/3EwwwcWzkeSnlZnBdAI7cjkO2lc8uADguk1eefOw2bYXC+wWeBZBE2AYnZWLXzDYt&#10;cLseXBeO3sSxkYJwAJ6sT0W4zPIh21VaJ9vNws8FACaafAH8Yy7tADsjbIMT019yNkleTihvBjY8&#10;wcQA/BcjXgF4iv6ZtMoyt80fM94JAI5Un+Bymfn7Xu14BXZO2AYnqi+iXWf8C89D2tg6rfrwBZPG&#10;Rt6ldbP57w+Ar7KjkG2bdtlEyAYAR6jWep525vTj5Edt094nXDYFdk7YBids8rzsN6WU1YS6cNAm&#10;jo28SptJr7MUgL+0w5BtnWTt8woAjs+C7xfeKYC9I2wDZnXYJLps4D9MGhu5TQvZNgNrAnCkhGwA&#10;wGj9Mvcqy+x8NYIa2EvCNiBJUmt9kdbl9nxwaS39kKljI899yQDgr/QR4pcZ/673JQ9pB2/XQjYA&#10;OD59cstlltnLdpt2oft+8nMAvomwDfhDf0laJXk9ofxtWijgoIWTMnFs5NtSyuXgmgAcmR6yrTJ/&#10;Z8pjD2mXrTYLPhMAWNCC7xh3adNcbiY/B+C7CNuAP5k06i5pXW4XpZTrwXVhL/WO0ZuMHxvpvyMA&#10;vkjIBgDMsOBIau8VwEERtgGf1LtxNkleTih/lXYrSZcbR6vWepnkt8FljY0E4It2FLLdpu1jcxEE&#10;AI7UgnvZ7HoFDpKwDfiifmCzzvgut4e07pybwXVhpyYG1cZGAvBZOwzZVt7nAOB4LbyXzeVs4GAJ&#10;24C/1G8vbTJnRMCbUspqQl1YXB8beZ2xB53GRgLwWUI2AGCWBd8zbtO+995Pfg7ANMI24KvVWldJ&#10;fp1Q+i7tper9hNqwiEldoMZGAvBJOwrZrpJshGwAcNz6RdJ15u9lu0vrZLuZ/ByA6YRtwJP0F65N&#10;kueDS2/TbkivB9eFqfpIjXXGz603NhKAP9lhyLZy+QMAjtvE77cf26aFbJvJzwFYjLANeLL+8rVK&#10;8npC+du0Th7zudl7fcTqdcaGz8ZGAvAfHu1KuYiQDQCYoE8zmr2XbZsW5q2d+wDHRtgGfLNa61la&#10;0DD6RUzYwN6rtZ6ndXkaGwnAFI9CttkHXx8TsgHAiehnO5vMv9Dj/QI4asI24Lv0Q6BNkpcTyl+l&#10;jRVw24m9Mml/obGRACTZWci2TbtE5RAMAE5An9SyzpzznMdu094vbiY/B2CnhG3AEH1/yDrjD4Qe&#10;0rrcbgbXhSfrh5/XGbskWicnAEl2GrIZ5wQAJ+LR+8boC6Qfe0gL2TaTnwOwF4RtwDD9VtQmY4OI&#10;D96UUlYT6sJXqbW+SAvaRo7WMDYSACEbALCIflF6lbkjI71jACdJ2AYMN2nEXtKCiYtSyvsJteGz&#10;+heS3weXvSqlXAyuCcABEbIBAEvol0fXmXM5+jF72YCTJWwDpugvcpskzweX3qa9uK0H14VPqrVu&#10;kvw8sOQ2bRfhZmBNAA6IkA0AWEJ/51gleT35UfayASdP2AZMM/ml7jZt/J7DIqboY1GvMzYw1p0J&#10;cMKEbADAUvqElnXmvnPYywbQCduA6WqtZ2mhxegXvG1acHE9uC4nbtLf2Xdpf18ddAKcoD5mW8gG&#10;AEzVv8+uM37S0GPeMwA+ImwDFtFvcm+SvJxQ/iptLJ8XPL5brfUyyW+Dy/5i9CnAaeq3yldJflzo&#10;kQ9ph18b70YAcDr6ucs6Y9cgfIq9bACfIGwDFjVxjMFDWtfQzeC6nIhJX0y2Sc6MjQQ4PTsK2Yxx&#10;AoAT1C+NrjK3g/4u7aLzzcRnABwsYRuwuL4La5Pkpwnl35RSVhPqcsRqrS/S/k6OHLNhryDACRKy&#10;AQBLWXBk5KV3DYAvE7YBO9N3l/w6ofRdWpebbiL+Uq31PC1oG3kD8G0p5XJgPQD2nJANAFjKgiMj&#10;36a9b7hECvAXhG3ATk3qKErazauVPVl8yYTAd5sW9F4PrAnAHhOyAQBLWmhk5G3ad9v7ic8AOCrC&#10;NmDn+o2sVZLXE8ob5cef9L9zmyQvB5bVUQlwQoRsAMCSFhoZ+ZA2MtIFUoAnErYBe6O/OF5n/O0s&#10;3Ub8YVI35VXaFxKhLsCRE7IBAEuafEH5g21akLf2vRbg2wjbgL0yqePoA4HIiZu0n+0X40oBjp+Q&#10;DQBYWn//WGfuyMh3aWcl9xOfAXD0hG3AXpoUiiTt4OqilHIzuC57btJ+tjNjIwGOW++8XyX5aaFH&#10;CtkA4MT1iSzrzH3/cD4CMJCwDdhbtdZnaYHbjJfLN6WU1YS67JmJ+9nOdEkCHC8hGwCwtAVHRq5M&#10;aAEYS9gG7L1a62WS3yaUvku7xaUz6Uj1wPY6g/ezlVIuBtYDYI8I2QCAXegTftaZO7Laeg2ASYRt&#10;wEHoIxQ2GRuaJG50Ha1+WHqdcaNIt2lfSjaD6gGwR4RsAMAuTJ7q88Fd2vfZm4nPADhpwjbgoNRa&#10;15kzTuE2ybnbXcdhQjfkQ9rfD12QAEdmoZ0ojwnZAIAkU3aLf8wFY4CFCNuAg9Nvnm8yfrTCNm2s&#10;5PXguiyo1rpJ8vPAkoJYgCPUb5GvMvYz40scdgEASaaeazxmZCTAgoRtwEHqS4M3SV5OKO+F9AD1&#10;vxM3GTtq9G0p5XJgPQB2bEch2zrJ2rsFAJy2/r11nbnvIUZGAuyAsA04aH2B8Cbj9nJ98JDW5XYz&#10;uC4T9BFgN7GfDYDPELIBALvU1x2sMv784gNd9AA7JGwDDt7kZcJvSimrCXUZpNZ6keT3gSXtZwM4&#10;Iv0G+WXm7kN5TMgGAPxhof2wJvQA7JiwDTga/ZbYbxNK36V1uQlf9kytdZ3k9cCS9rMBHIlHIdtl&#10;5t0gf0zIBgD8YaELP0ZGAuwJYRtwVPqNsU3G7u1KjGPYK5N29tnPBnAEhGwAwK7VWs/SvrP+OOkR&#10;27R3j9Wk+gA8kbANOEoTOp4+0Pm0YxMCVfvZAI7EArtQHhOyAQD/YdLF0I+9S/sOez/xGQA8kbAN&#10;OFoTb5Jt08ZKXg+uy1/o/06vM+4QdZvkzIhQgMPW93euMu/2+MfsRQEA/sMCl34e0s4ibibVB+A7&#10;CNuAozb5VpmDtgX1g9TfB5a8Swva/PsDOFA7CtlWbpIDAB/06SvrJD9NfMwbIyMB9puwDTgJtdbz&#10;tNBt9A0zN8sWUGvdJPl5YMmrUsrFwHoALKh3Oq8zfkfr5wjZAID/8GhP7K8TH3ObduZwP/EZAAwg&#10;bANORq31WVrgNuO2mVtmE/QvL9cZ++/slf1sAIeph2yrzL05/piQDQD4k4lrKz6wvgLgwAjbgJPT&#10;56j/NqH0XdrLsP1fA/RRHJuM61rYJjnXhQhweBYaz/TYu7RR0fcLPQ8AOAD9Qug6YyevfOxt2mUf&#10;Kw8ADoiwDThJE4KcD7ZpL8XrwXVPSr8leJ1xYz/v0oK2+0H1AFhA70pfZe6B1mO3aZ/jNws9DwA4&#10;EBPXU3zgAi/AARO2ASet1rpO8npC6du0cMdNtCeqtV4k+X1gyau07gT/LgAOhJANANgXk1dSJC7t&#10;AhwFYRtw8ibOWjdj/YlqrZuMPVi1Sw/ggPTRTJdJfl3okUI2AOCz+hqKVeZ1sxldDXAkhG0A+eNw&#10;b5Pk5YTyOqv+Qv/zv864m4LbtD/zzaB6AEz0KGS7zLzDrMce0j4nXIgBAP5k4uqJD7yLABwZYRvA&#10;IxNnsD+kdbndDK578CZ8iXlIG+Fpzj3AAVjgxvhjD2mdbJsFngUAHKBa6ypzu+zfpr2PuJALcESE&#10;bQAfmTyP/W0p5XJC3YPUR3heZ9wB612SM19aAPZf39G5yvgxzp8iZAMAvmjiiokP7tIu4boYCnCE&#10;hG0An9Fv2v82obQX7PxxyPr7wJJXpZSLgfUAmGCBg6zHtmkh23qBZwEAB6iPs14leT3pEd5HAE6A&#10;sA3gCybPaf/lVF+2a63rjP0ic7J/lgCHoodsq8zpHP/YNsk6yVq3MwDwOX2VxDrzLgG9S9vNdj+p&#10;PgB7QtgG8BUmhEMf3KZ1ud1PqL13+o3BTZKXg0pu0/78LJUG2FOTxzN/TMgGAPylCd9NP/aQFrL5&#10;rgpwIoRtAF9p4tirkwiM+peZm4zrEnxIcn7q4zgB9lUP2VZJfl7okVdph1pCNgDgs3o32ybjdod/&#10;7G3a2EjvJAAnRNgG8ASTb7+9Swvdju6FvI/jvMm4LzN3Sc6O8c8K4NAtsPfkY1dpB1r3Cz0PADhA&#10;C3Tb36Vd/LmZVB+APSZsA/gGE2/CPaQFbjeD6+7MhD+rq1LKxaBaAAzSQ7bL/s+sm+KP2YECAHyV&#10;Wutl2mWgWe8ob0opq0m1ATgAwjaAbzT5VtzbUsrlhLqLqrVeJPl9YMlfSinrgfUAGKD/vl9nmZDt&#10;Nq2T7WaBZwEAB2yBbraT2sMOwOcJ2wC+U78h99uE0ndpL+0HuZOs1rrJuD09J7HXDuDQ9JBtlfH7&#10;TD9FyAYAfLXJ3WzbtPcSl0EBSCJsAxii7yTbJHk+ofxBdXNN2Gv3kOT8UENHgGNUaz1LO7yadUv8&#10;sYe0w6zNAs8CAA7c5O/nyRHvWwfg2wnbAAaqta6TvJ5Q+iBGU/Sg7SbjvtTcJTnzJQZgPywwiukx&#10;IRsA8CS11lWSXyeVN3EFgM8StgEM1m/7bzJ+pNZev9j324M3GTei4yrJpaANYPd6yLbKuPHAX7JN&#10;si6lrBZ4FgBwBBboZnubdgnI91MAPknYBjDBhFGKj+3dyIpa63na/99RQdsbh6wAu9c/zy4z74b4&#10;Y9sk67SgbW8+4wCA/Ta5m+0h7fv3zaT6ABwJYRvARBNCqA/25oW/1nqR5PeBJV8ZGQawe/3g6jLj&#10;P8M+RTczAPAkC3SzvYlLQAB8JWEbwGST99u8LaVcTqj7VWqtm4wbKbZN28/2flA9AL5Bv0Sxyvhx&#10;yJ9ylTaS6X6BZwEAR2JyN9td2uVW300B+GrCNoCF1Fovk/w2ofTiXwT6WLF1xgVtvswA7FjfObrO&#10;vNvhj92mdbL5vQ8AfLUlutmsNADgWwjbABY0+YvBL6WU9YS6/6EHbTcZ9//hNsm50RwAu9E/m9aZ&#10;04H9sdu0TrabBZ4FAByRyd1st2kXQO8n1QfgyAnbAHag1rpO8npC6alfECaEhVellItBtQB4gj7m&#10;eJVxXcpf8pAWsm0WeBYAcEQmX1rdpr2jTL+4CsBxE7YB7Egf17XJ+J0427TA7Xpk0f4F5ybJD4NK&#10;LtKJB8B/6h3Kl5l3M/yxbdq4yM0CzwIAjoxuNgAOhbANYIf6gecmycsJ5d+lfXH47vGMtdaLJL9/&#10;90/UOHgF2JF+YHWZcRcnPmebNppybUwwAPBUutkAODTCNoA9UGs9T/siMfrw8yEtcLv51gK11ssk&#10;vw36ebZJzkop7wfVA+Ar9EsTq4zvpv6Ut2kHWEI2AODJJnezvUu7/Hk/qT4AJ0rYBrAn+u6cTZKf&#10;JpR/W0q5fOr/qNa6ybhdPndpwZ+gDWAhfWTxKnM+Wz52lRay3S/wLADgyCzQzTZ83QIAfCBsA9gz&#10;gzvJHvvqsKuPt1xnbNB2pssBYBmTL3B87DbthrjLFADAN1mgm23IigUA+BxhG8Aemnyj75cvzabv&#10;QdvNwGdflVIuBtUC4AsmXJb4kru0kO1mgWcBAEdINxsAx0LYBrDHaq3rJK8nlL5N+9Jx/9HzRn/R&#10;eVNKWQ2qBcBn9JDtsv8zev/nxx7SxkVuJj8HADhifarLKnPeXXSzAbAoYRvAnuv7djZJfhxc+j9u&#10;+fWg7Sbjvui8chALMF+t9SLtoGr058THtmkh22e7owEA/srkcde62QDYCWEbwAGYPBbsXVrItsqY&#10;oG2b5NxYMYC5+mWMdeaMXXps25+zdjscAPgeutkAOFbCNoADUms9T7sBOHtE2LfaJjkrpbzf9Q8C&#10;cKwm3wb/2FVaN9v9As8CAI6UbjYAjp2wDeDA9C636yxzyPoUd2lBm1uEABNM7nL+2Cd3ewIAPNXk&#10;S6O62QDYC8I2gAM1efzGU92mjY70BQdgsB6yXfZ/Zv/Ov0tyaRQwAPC9+jvMJsnLCeV1swGwV4Rt&#10;AAes1voi7cvL7H09X3JVSrnY4fMBjlat9SLtYsWPkx/1kDYucjP5OQDACdDNBsCpEbYBHIFa6yrJ&#10;rzt49JtSymoHzwU4arXWs7SRkbMvU2yTrP0uBwBG6N1sqySvJ5TXzQbA3hK2ARyJfjC7yfzuhw9e&#10;6YAAGKvW+iwtZJsxbuljb9O62dwKBwC+2+TvpLrZANhrwjaAI9JvEa6T/DzxMdu0/Ww3E58BcFIm&#10;3wL/2FVayHa/wLMAgBNQa11HNxsAJ0zYBnCEJs7H3yY5K6W8H1wX4GT1UcCXmbPT5LHbtJDtZvJz&#10;AIATMXmP+G3aRU/dbADsPWEbwJHqXRLXSX4aVPIu7YvO/aB6ACetX4xYZ/7434ckl26EAwAjTdwd&#10;vk27ILSeUBsAphC2ARy5Wutl2miy7+mYuEvraHOjEOA79X0mq4y7DPE5DqoAgOH6jtlN5rzL3KaN&#10;jbyfUBsAphG2AZyA7xztcVVKuRj6AwGcoH4wtcrcvZofvEmydkkCABip1nqR1pk/Y2WBS0IAHCxh&#10;G8AJ+YYxH4I2gO/Ux/peZpm9bFdpB1X3k58DAJyQ/j6zSfJyQnkrCwA4eMI2gBPTx5dt8tc7gl6V&#10;Ujazfx6AY9Zvf68yfy/bbVrIdjP5OQDAienfIa8z59LQm1LKakJdAFiUsA3gBPVbiet8fpSZoA3g&#10;Oyy4l+0hyWUp5XrycwCAE9O/N66SvJ5Q/i5tN9v7CbUBYHHCNoATVms9T+ty+3BDcZs2vuNmVz8T&#10;wCHre9nWmTNi6TF7TQCAab5z7/dfeVtKuZxQFwB2RtgGcOL6bcXrJC+SnLlZCPB0j/ayPWUv5rd6&#10;k2RdSvn3As8CAE7MN+z6/loPad1sNxNqA8BOCdsASNK6MSykBni6vpdtnTl7TB57lzYy8n7ycwCA&#10;E9Q79DeZMwb7bVpXvstCABwlYRsAAHyDvpdtnTnjlR67TTucupn8HADgRH1ixcAo27RuNvtlAThq&#10;/2fXPwAAABySBfeyPaSFbJvJzwEATlQfhb3JnPead2lBm242AI6esA0AAL7CgnvZtmk72VaTnwMA&#10;nLDepb9J8uPg0tu00debwXUBYG8J2wAA4C8suJftKu1wyg1wAGCaWusqcy4Q3aZ1s91PqA0Ae0vY&#10;BgAAn7HwXrbLUsr7yc8BAE5YH4d9nTnvNm905gNwqoRtAADwkYX3sl2UUm4mPwcAOHETO/Xv0t5n&#10;XBoC4GQJ2wAAoHu0l+0yc0dGbpOsSinric8AAPjwfrPJnEtEb0splxPqAsBBEbYBAED+uO29SvLj&#10;5Ee9TQva7GUDAKbqI7E3Gf9+s01yrjsfABphGwAAJ60fQq2S/DRD749sAAAgAElEQVT5UbdpI5bu&#10;Jz8HACC11lWSXyeUfpf2TuPiEAB0wjYAAE5SH6m0TvLz5EfdJbl08xsAWELfPXud5Png0tu0d5rN&#10;4LoAcPCEbQAAnJx+03uJvWwOpACAxfSx2OuMf8fRoQ8AXyBsAwDgZEzcW/KxN0nWxisBAEuY3LH/&#10;ppSymlAXAI6GsA0AgKPXxyltMn8v27u0brb7yc8BAEiS1FpfpI2NHH2Z6CHJeSnl/eC6AHB0/rbr&#10;HwAAAGaptf691rpO8j+ZG7TdJfm/pZRzQRsAsJQ+GvtfGR+0XSV5IWgDgK+jsw0AgKM0cWfJY/ay&#10;AQCL62MjrzP+MtE2bTfb9eC6AHDUdLYBAHBUaq1ntdb3SX7P3KDtbZJngjYAYEm11vMk9xkftN2m&#10;dbMJ2gDgiXS2AQBwFPoN73WSnyc/6jbtxvf95OcAAPyHPh779YTSb0opqwl1AeAkCNsAADh4fV/J&#10;ZeZ2sj2khWw3E58BAPAntdZnaWMjnw8u/ZDk3G42APg+wjYAAA5WrfUsySbJjxMfs02yKqWsJz4D&#10;AOCTJu6hvUrbPfvvwXUB4OQI2wAAODj9dvcm43eVfOxtWtDmEAoAWNTEEdnbtG59u9kAYBBhGwAA&#10;B6MfOl0m+XXyo27TbnobqQQALK7W+iLtYtHosZF2zwLABMI2AAAOQq31PO1298yRkQ9pIZub3gDA&#10;TtRaL5P8NqH0m1LKakJdADh5wjYAAPZav9m9ztyRkdskawdQAMCu9A7+TZKXg0s/pHWz3QyuCwB0&#10;wjYAAPZSP3BaJXk9+VFXaXvZ7ic/BwDgk/rlouuM7+B/lxa02T8LABMJ2wAA2Du11ou0brYfJj7m&#10;Lm1k5M3EZwAAfFGtdZXx+2i3ae85m8F1AYBPELYBALA3aq1nad1ss0dGOnwCAHaqd/FfZ/x7z11a&#10;N9v7wXUBgM8QtgEAsHP9sGmd5OfJj3qbNjLSKCUAYGf6BaPrjO/if1tKuRxcEwD4C8I2AAB2qtZ6&#10;mdbNNnNk5G3aDe/7ic8AAPhLE8dGXpRSrgfXBQC+grANAICd6De610meT3zMQ9rISAdPAMBOTRwb&#10;eZvkXOc+AOyOsA0AgEUtNDJy25+xdvAEAOzaxLGRb0opq8E1AYAnErYBALCYhUZGvkvrZruf+AwA&#10;gK8yaWzkQ9rYyJvBdQGAbyBsAwBgugVHRjp0AgD2wsSxke/S3nl07wPAnhC2AQAwzYIjI1ellPXE&#10;ZwAAfLWJYyN/8c4DAPvnb7v+AQAAOE59ZOR95gZtV0meOXQCAPZFHxv5z4wN2h6S/Jd3HgDYTzrb&#10;AAAYaqGRkbdp3Ww3E58BAPDVJo6NvErbR2tsJADsKWEbAABDLDgy8rKUspn4DACAJ5k0NtJ7DwAc&#10;CGMkAQD4bguNjHybNjJyM/EZAABPMmls5F2SM+89AHAYdLYBAPDNFhwZeVlKeT/xGQAAT2JsJADw&#10;gbANAIAnMzISADhltdYXSW5ibCQAEGMkAQB4IiMjAYBT1t+F/hVjIwGATmcbAABfpd/gXmf8qKTH&#10;bpNclFLuJz4DAODJemf/JsnLwaWNjQSAAydsAwDgi/rB0irJ64mPeUg7ZLqe+AwAgG/SLx1dJ/lx&#10;YFljIwHgSAjbAAD4rFrrRVo328gxSR97k2TtNjcAsI/6+9Dvg8vepXXzvx9cFwDYAWEbAAB/Umt9&#10;ljYmychIAOAk9e7+dcbvqTU2EgCOjLANAIA/9EOlyyS/TnyMkZEAwF7rYyM3SZ4PLGtsJAAcKWEb&#10;AABJklrredrt7ZG7SD5mZCQAsNf6O9EmY8doGxsJAEdM2AYAcOL6yMh1kpcTH2NkJACw92qt6ySv&#10;B5c1NhIAjpywDQDghNVaV2ljI0fe3H7MuCQAYO/1Udo3MTYSAPgGwjYAgBNUaz1L62YbeaD0sbdJ&#10;Vm5xAwD7rL8XXcfYSADgGwnbAABOSL+1vU7y88TH3Kbd4na4BADstd7l/+vgssZGAsCJEbYBAJyI&#10;WutFWtBmZCQAcNL6BaRNxu+s/aWUsh5cEwDYc8I2AIAjV2t9kRay/TTxMUZGAgAHob8bXSf5cWDZ&#10;hyTnOvsB4DQJ2wAAjlS/sX2Z8aORHrOPBAA4GJM6/d+lvQ+5dAQAJ0rYBgBwhGqtZ2mjkUbe2H5s&#10;m9bJZkwSAHAQaq2bjN9ba2wkACBsAwA4JrXWZ2m3tUfvH3nsKm03m9vbAMDe693+N0meDyy7TRsb&#10;eTOwJgBwoIRtAABHotZ6mWSVsWORHntIG5F0M6k+AMBQvdv/OmPfj27TgjYXjwCAJMI2AICDV2t9&#10;kTYycuRt7ce2SdallNWk+gAAw/WLSL8NLvu2lHI5uCYAcOCEbQAAB6qPRFoleT3xMe/SRkbeT3wG&#10;AMAw/R1pk7FjtbdpHf7XA2sCAEdC2AYAcIBqredpu9l+nPSIh7SQzYESAHAwJnX836WNjbwfWBMA&#10;OCJ/2/UPAADA16u1Pqu1Xif5R+YFbW+SvBC0AQCHpF9GusnYoO0qyZmgDQD4Ep1tAAAHou8dWSX5&#10;YdIjbtO62d5Pqg8AMEWtdZXk18FlX5VSNoNrAgBHSNgGALDnJo1DemybFrJtJtUHAJii72e7TvLT&#10;wLIPaWMjXUACAL6KMZIAAHuq1vr3Wus6yb8yL2i7SvJM0AYAHJp+Iel9xgZtt2njtAVtAMBX09kG&#10;ALCHaq1nad1ss/ayPSS5KKXcTKoPADBNrfUiyTpjx2u/KaWsBtYDAE6EsA0AYI/0UUibJC8nPWKb&#10;ZO0gCQA4VL3z//XAktu0S0jXA2sCACdE2AYAsCdqrZdJVhl7Q/ux27SDpPtJ9QEAppm0n+0ubT/b&#10;/cCaAMCJEbYBAOxYrfVZWjfbyIOjx9zWBgAOWt/Pdp2xI7avklyWUv49sCYAcIL+tusfAADglNVa&#10;V0n+J/OCtrdJngnaAIBD1fez3WRs0PZLKeVC0AYAjKCzDQBgB2qtZ2ndbCMPjR67S7upfTOpPgDA&#10;dJP2s52VUt4PrAkAnDhhGwDAgvqukVXGHho9tk2yLqWsJtUHAJhu4n62M91sAMBowjYAgIXUWs/T&#10;utl+mPSI27TdbPeT6gMATDdpP9vbUsrlwHoAAH8QtgEATFZrfZZkneTlpEds00I2e9kAgIPW97Ot&#10;M+5y0jZttPZmUD0AgD/5265/AACAY1ZrvUzyPvOCtrdJngnaAIBD1/ez/Z5xQdtD2tjIzaB6AACf&#10;pLMNAGCC3s22ydg9I4/dpd3SvplUHwBgEZP2s90mObefDQBYgs42AIDBaq2rJP+TOUHbNsmbUsoL&#10;QRsAcOj6frb3Gfve9LaUciZoAwCWorMNAGCQfli0SfJ80iNu03az3U+qDwCwGPvZAIBjIWwDAPhO&#10;ffTRKsnrSY9wcAQAHJU+CeDXgSXv0i4lvR9YEwDgqwjbAAC+Q631LK2b7cdJj7hKC9qMQQIADl6/&#10;pLRJ8nJg2XdpQZv3JQBgJ4RtAADfoB8UrZP8POkRD2mHRjeT6gMALGrSyO03pZTVwHoAAE8mbAMA&#10;eKJa63naQdGo/SIfe5Nk7XY2AHAs+jSA64zdz3ZRSrkeVA8A4JsJ2wAAvtKksUeP2TUCABydWutl&#10;kt8GlvTOBADslb/t+gcAADgE/ZDoPnOCtm2SX0opLxwaAQDHpNa6ydig7TbJmXcmAGCf6GwDAPiC&#10;WuuztG62nyY94jbtZvb9pPoAAIvrEwFuMnY/29tSyuXAegAAQ+hsAwD4jN7N9j5zgrZtkv8upZwJ&#10;2gCAY1JrfZE2EWBU0LZN8krQBgDsK51tAAAf6QdE68zrZnuX1s3270n1AQB2otZ6kfYe9cOgkg9J&#10;zo2NBAD2mbANAOCRWusqya+Tyj+khWw3k+oDAOxMrXWd5PXAkrdpQZsLSgDAXhO2AQDkj262Tcbu&#10;FXnsbZKVwyIA4Nj0/WybJC8Hlr0qpVwMrAcAMI2wDQA4eZO72e6SXOpmAwCOUa31WZLrjL2w9KqU&#10;shlYDwBgKmEbAHCyFuhme1NKWU2qDQCwU/1d6ibj9rNtk5zZzwYAHJq/7foHAABYWq31772b7V+Z&#10;E7TdJvkvQRsAcKxqrRdp71Kjgra7JM8EbQDAIRK2AQAnpdZ6luR95oyN3Cb5pZTiRjYAcLRqresk&#10;vw8seZXW0Wa3LQBwkIyRBABOQq3170lWSV5PesRtkotSyv2k+gAAO9Xfp66T/DSw7C+llPXAegAA&#10;ixO2AQBHr3ezbZL8OKH8NsllKWUzoTYAwF6YsOt2m3ZR6XpQPQCAnRG2AQBHa4Futndph0RGHgEA&#10;R6tfXLrO2P1sF8ZuAwDHQtgGABylBbrZ3MQGAI5erfUiY/ez3SY5d1kJADgmf9v1DwAAMFKt9e+1&#10;1nWSf2ZO0PYuyTNBGwBw7Po71cig7W0p5UzQBgAcG51tAMDRmNzN9pDWzXYzoTYAwN7oo7g3SV4O&#10;LPvKjlsA4FgJ2wCAg7fAbra3SVZuYQMAx67W+ixtP9vzQSW3Sc7sZwMAjpmwDQA4aLrZAADGqLW+&#10;SHKT5IdBJe/S9rPdD6oHALCX7GwDAA7SArvZ3iZ5IWgDAE5BrfUiyb8yLmh7l9bRdj+oHgDA3tLZ&#10;BgAcHN1sAADj9AtMI8dxvymlrAbWAwDYazrbAICDopsNAGCMPilgk3FB2zbJK0EbAHBqdLYBAAeh&#10;7xDZJHk+ofxdWjfb+wm1AQD2Tq3172n72Ua9W23TxkZ6nwIATo7ONgBg79VaV2k7RGYEbW9KKS8c&#10;DAEAp6JfYrrPuHeruyTPvE8BAKdKZxsAsLd0swEAjFVrPU97v/phUMmrJJellH8PqgcAcHB0tgEA&#10;e0k3GwDAWLXWiyT/yLig7U0p5ULQBgCcOp1tAMBeqbU+S3Id3WwAAMPUWjdJfh5Y8lUpZTOwHgDA&#10;wRK2AQB7o9Z6mWSVcbetH3tTSllNqAsAsLdqrX9Pu8j006CS2yRnLi8BAPw/wjYAYOd6N9sm4w6B&#10;HtPNBgCcpAkTA+6SnJdS7gfVAwA4Cna2AQA7VWs9T/I+c4I2u9kAgJNUa32R9o41Kmh7l9bRdj+o&#10;HgDA0dDZBgDsRB9ptEnyckL5h7Rb10I2AODk1FovkqwzbjT3VSnlYlAtAICjo7MNAFhcrfUsyX3m&#10;BG1vk+hmAwBOUt+B+3vGBW2vBG0AAF+msw0AWEzvZlsleT2h/EPabrabCbUBAPZerXWT5OdB5bZp&#10;kwJuBtUDADhawjYAYBF9b8h1kh8nlH+bZFVK+feE2gAAe61faLrOuB24d2mXmEwKAAD4CsI2AGC6&#10;Wusqya8TSutmAwBOWg/abpI8H1TyLsmZS0wAAF9P2AYATFNrfZZ2y3rU4c9jutkAgJPWJwfcZNx+&#10;tiv72QAAnu5vu/4BAIDjVGu9SPI+44O2bZL/LqVcCtoAgFNVaz3P2KDtjaANAODb6GwDAIbqo4w2&#10;SV5OKP8ubWykkA0AOFn9UtPvA0u+KqVsBtYDADgpwjYAYJha61la0Pbj4NLbtJDtenBdAICDUmvd&#10;JPl5ULlt2n6294PqAQCcJGMkAYAhaq2rJP/M+KDtNskLQRsAcMpqrX8fHLTdpb1jCdoAAL6TzjYA&#10;4LvUWp8luc6c3WyrUsp6cF0AgIPSx3TfZNz71m2Sc6O5AQDGELYBAN+s1nqeNjbyh8Gl79IOgO4H&#10;1wUAOCi11hdp71ujgrarUsrFoFoAACT5//73f/931z8DAHCAekfb+4wP2t6UUlaDawIAHJwetN1k&#10;3PvWL6YGAACMZ2cbAPBNetfZWVoX2kh/H1wPAODg1FovMjZoeyVoAwCYQ2cbAPBd+g6RTZKXA8va&#10;IwIAnKwetP0+qNw2yVkp5f2gegAAfERnGwDwXUop/y6lnCd5M7DsT0ne99FJAAAno9a6ybig7S6C&#10;NgCA6XS2AQDD1FrP07rcRo072ia5LKVsBtUDANhLfVrAOsnPg0p+CNpMCgAAmEzYBgAM1bvRNkme&#10;Dyz7ppSyGlgPAGBv9KDtJuPen65KKReDagEA8BeEbQDAcJP2uL1LcuF2NgBwTCZcVHpbSrkcVAsA&#10;gK8gbAMApqm1rpL8OrDkXVrgZu8IAHDwetB2k3EjuF8Zvw0AsDxhGwAw1aQ9bhellOtB9QAAFjf4&#10;HWmb5LyUcjOgFgAAT/S3Xf8AAMBx66HYWVpX2gg/JPlH75oDADg4tdaLJP/IuKDtTNAGALA7OtsA&#10;gEXY4wYAkNRa10leDyp3lxa0eRcCANghnW0AwCJKKf8upZwneTOw7MskN33fCQDAXqu1bjIuaLuN&#10;oA0AYC/obAMAFtdHJ61jjxsAcAJ6h/91kp8GlbwqpVwMqgUAwHfS2QYALK6Usknb4/YwqKQ9bgDA&#10;XupB203GBW1vBG0AAPtFZxsAsDMTbnkn9rgBAHuij7reJHk+qOSrfmkJAIA9ImwDAHau1rrOuP0l&#10;SXKXFri9H1gTAOCr9aDtJmPGZm+TnJdSbgbUAgBgMGMkAYCdK6VcJnmVdpA0wvMkN7XW80H1AAC+&#10;Wn8Hucm4oO1M0AYAsL+EbQDAXrDHDQA4BrXWiyT/yJig7S7JC936AAD7zRhJAGCv2OMGAByqWutl&#10;kt8GlbtL62jz/gIAsOeEbQDAXrLHDQA4JLXWTZKfB5W7KqVcDKoFAMBkxkgCAHvJHjcA4FAI2gAA&#10;TpvONgBgr9VaX6SNlfxxYNlfSinrgfUAgBPUx1/fpF3qGeFV32MLAMABEbYBAHtv0h63qySX9qAA&#10;AN9C0AYAwAfCNgDgYEza43ZeSrkfWBMAOHKDO++3Sc7slQUAOFzCNgDgoNRaL5Ksk/wwqOQ2LXC7&#10;GVQPADhiPWi7yZh3EUEbAMAR+NuufwAAgKfo45XOkjwMKvlDkn/WWi8H1QMAjlSt9Tzjgra7JM8E&#10;bQAAh09nGwBwkOxxAwCW1Lvrfx9U7i6to807BwDAEdDZBgAcpFLKv0spZ0neDiz7c5KbWuuzgTUB&#10;gAM3OGi7iqANAOCo6GwDAA7e4AOwxB43AKCrtW7SLuSMcFVKuRhUCwCAPaGzDQA4eH2P23+lhWQj&#10;2OMGAIwO2t4I2gAAjpPONgDgaPQ9bjdJng8sa48bAJyY/k6xzrig7VW/HAQAwBEStgEAR2fwLfQk&#10;uUsbK3k/sCYAsIcGX97Zpl3a2QyoBQDAnhK2AQBHyR43AOCpJgRtZ6WU9wNqAQCwx+xsAwCOkj1u&#10;AMBT1FpfRNAGAMA30NkGABw1e9wAgL/yKGj7YUC5u7SgzXsCAMCJELYBACfBHjcA4FMEbQAAfC9j&#10;JAGAk1BKuUjyamDJ50ne11rPBtYEABbUd7zeZEzQ9i6CNgCAk6SzDQA4KYNvr3/wqu+IAwAORA/a&#10;fh9U7qpf7AEA4ATpbAMATkop5X2SZ2ljnkb5vY+pBAAOgKANAICRdLYBACdr0h4346MAYI/VWldJ&#10;fh1UTnc7AADCNgDgtA2+2Z4k27TA7f3AmgDAAIMv2gjaAABIYowkAHDi+iHZf6WFZCP8kORfPcQD&#10;APbEwKBtG0EbAACP6GwDAEhSa/17kpskzweWtcMFAHasf8avMy5o08EOAMB/ELYBADxijxsAHI/B&#10;l2kEbQAAfJIxkgAAj/ROtFcDSz5Pcl9rfTGwJgDwFwYHbR8uzwjaAAD4E51tAACf0MOxm7QdbKPY&#10;7wIAC5gUtOlSBwDgk3S2AQB8Qr+5/iLtgG2U3/uYSgBgkn5h5n0EbQAALETYBgDwGaWU+yRnSa4G&#10;lv251vq+37gHAAZ61Jn+44ByVxG0AQDwFYyRBAD4CrXWyyS/DSy5jd0vADDM4BHQV32PKwAA/CWd&#10;bQAAX6GUsk7yf9NCshF+SPKvWuvFoHoAcLIEbQAA7JKwDQDgK5VSbmKPGwDslX5x5V8ZE7S9EbQB&#10;APBUxkgCADxR37e2TvLzwLJ3sRcGAJ6kB22/Dyr3qpSyGVQLAIATImwDAPhG9rgBwO4I2gAA2BfG&#10;SAIAfCN73ABgNwYGbdsI2gAA+E462wAAvlOt9VmS6yTPB5a9sjMGAP6s1rpO8npAKR3lAAAMIWwD&#10;ABhg0h632yTn9rgBQFNr3WTMZ62gDQCAYYRtAAADTdjj9pAWuDkMBOCkCdoAANhXdrYBAAw0YY/b&#10;j0lu7HED4JQNDNruImgDAGAwnW0AABNM2uP2tpRyObAeAOy9CUGb8cwAAAwlbAMAmMQeNwD4dv1z&#10;9CZjLq4I2gAAmEbYBgAwmT1uAPA0gjYAAA6JnW0AAJPZ4wYAX29w0PYugjYAACbT2QYAsJBa64sk&#10;m9jjBgCfNDhouyqlXAyoAwAAXyRsAwBYUD9E3CR5ObCsPW4AHDxBGwAAh8oYSQCABZVS/l1KOU/y&#10;ZmDZn5K8751zAHBwaq3PImgDAOBACdsAAHaglLJK8t+xxw2AE9cvi7zPmKDtraANAIClGSMJALBD&#10;9rgBcMr65+BNkh8GlHtVStkMqAMAAE8ibAMA2DF73AA4RYI2AACOhTGSAAA7Zo8bAKdG0AYAwDER&#10;tgEA7Al73AA4BYI2AACOjbANAGCPlFKuk5wluRtU8ockv9da14PqAcA3E7QBAHCM7GwDANhDk/a4&#10;vUtyYY8bALswMGjbJjkrpbz/7h8KAAAG0NkGALCHJu1xe5k2VtIeNwAW1Uca/yuCNgAAjpDONgCA&#10;PVdrPU/rchsxcitpB5UXfWQlAEzVg7bfB5QStAEAsJd0tgEA7LlJe9z+UWtdDaoHAJ8kaAMA4BTo&#10;bAMAOBD2uAFwSARtAACcCp1tAAAHwh43AA6FoA0AgFOisw0A4ADZ4wbAvhoYtN0lOS+l3A+oBQAA&#10;0+hsAwA4QI/2uD0MKmmPGwDfbXDQdiZoAwDgEOhsAwA4YH2P23WSnwaWtccNgCebELT5HAIA4CDo&#10;bAMAOGB9j9tZkrcDy9rjBsCTCNoAADhlwjYAgCNQSrlM8ipt99oIz9MCt/NB9QA4UoI2AABOnbAN&#10;AOBIlFI2sccNgAUJ2gAAwM42AICjY48bAEsQtAEAQKOzDQDgyNjjBsBsgjYAAPh/hG0AAEfKHjcA&#10;ZujjhQVtAADQGSMJAHDkejfadZIfB5Z9U0pZDawHwAGotW6S/Dyg1FUp5WJAHQAA2DlhGwDACZi0&#10;x+0qyaWOBIDTIGgDAIBPE7YBAJyQWus6yeuBJe+SnJdS7gfWBGDPCNoAAODz7GwDADghk/a4va+1&#10;ng2qB8CeEbQBAMCXCdsAAE5MKWWT5CzJw6CSPyT5Z631clA9APaEoA0AAP6aMZIAACfKHjcAvkTQ&#10;BgAAX0fYBgBw4uxxA+BjgjYAAPh6xkgCAJw4e9wAeEzQBsD/397dHMR5ZVsA3d2zM6IzEBkIR6BS&#10;BMIRCCIwiqBRBEYRABEIR2AUgSEDKQMY3aHfoD73w2q3LOre+l9rzuFaIA1q+5wNwPMI2wAA0OMG&#10;QBJBGwAALMIZSQAA/mPqcbvNfDttFD1uAFtA0AYAAIsRtgEA8F8GfuD6Bz1uABtM0AYAAItzRhIA&#10;gP8yfVB6OnCkHjeADdVaO4mgDQAAFiZsAwDgL009bj8keRw0Uo8bwIaZgrbLAaMEbQAA7C1nJAEA&#10;+CY9bgC7SdAGAABjCNsAAPguetwAdoegDQAAxnFGEgCA76LHDWA3CNoAAGAsYRsAAN9NjxvAdhO0&#10;AQDAeM5IAgDwbHrcALaPoA0AAJZD2AYAwMKW1OM2E7gBjCVoAwCA5XFGEgCAhS2px+1za+1o4EyA&#10;vSZoAwCA5RK2AQDQZUk9br9NHw4D0EHQBgAAyydsAwCgW1XdJTnM/AzkKJfTmUoAFiBoAwCA1dDZ&#10;BgDAUHrcANZP0AYAAKtjsw0AgKH0uAGsl6ANAABWy2YbAABLMYVjt5l3sI1yOnXEAfAXWmvHST4O&#10;GCVoAwCA7yRsAwBgaVpr/8o8cHs5cKwPgAH+wsD/ycG/swAA8AzCNgAAlmoK3C6ixw1gaQRtAACw&#10;PsI2AABWorV2luTngSMfMw/c7gbOBNg6gjYAAFivf677AQAA7IequkjyOvOQbISDJL+11k4GzQPY&#10;OoI2AABYP5ttAACsVGvtMMlN9LgBdBkYtH2qqln3gwAAYE/ZbAMAYKWq6nOSWZLrgWPfttbupn44&#10;gJ03MGi7T3Lc/SAAANhjNtsAAFgbPW4Azzc4aJtV1UP3owAAYI8J2wAAWKvW2izzs5K9Hxo/dVpV&#10;VwPnAWyEaYP3LsmLzlGCNgAAGMQZSQAA1qqqbpMcZf7B7yiXrbWrgfMA1m4K2m4jaAMAgI1isw0A&#10;gI0wfYh8keTtwLE+UAZ2wpOg7WXnKP8uAgDAYMI2AAA2yhJ63L4kOdbjBmwrQRsAAGw2ZyQBANgo&#10;VXWR5HWSx0EjXyS5ba2dDJoHsDKCNgAA2HzCNgAANs4SetwOMu9xuxg0D2DpBG0AALAdhG0AAGyk&#10;qvqcZJbkeuDYn1prt9MH2ACb7iL9QdtjBG0AALBUwjYAADZWVT1U1UmSdwPHvkpy11o7GjgTYKjW&#10;2lWSt51jBG0AALACwjYAADaeHjdgnwwO2u76XwQAAHyLsA0AgK2gxw3YB4I2AADYPv/4/fff1/0G&#10;AAD4blPf2lWSNwPHfkpy7NQasE6CNgAA2E422wAA2CpTj9txkvcDx+pxA9ZqOmsraAMAgC1ksw0A&#10;gK3VWjvOfMvtYNDIxyRnVXU1aB7A35qCtssBo34QtAEAwOrZbAMAYGtV1U2SWfS4AVtqYNB2KmgD&#10;AID1sNkGAMDW0+MGbKPBQdvVgDkAAMAChG0AAOyM1tp5kn8PHPkl88DNtggw1NQR+duAUYI2AABY&#10;M2ckAQDYGVV1nuTHzLvXRniR5HbaPgEYYgrabgeMErQBAMAGELYBALBT9LgBm+xJ0HbQOUrQBgAA&#10;G8IZSQAAdpIeN2DTDAzarqvqpPtBAADAEDbbAADYSVX1UFXHSd4PHPsq87OSRwNnAntg+h8AbiJo&#10;AwCAnWOzDQCAnddaO858y633Q+4/PCY5mU5WAnzTFLTdJlo43eoAABMiSURBVHnZOUrQBgAAG8hm&#10;GwAAO29JPW4fW2vng+YBO0rQBgAAu89mGwAAe2NJPW6/ZL7lpscN+JOBQdsv01lcAABgA9lsAwBg&#10;byypx+1N9LgBf+0i/UHbfZKT/qcAAADLYrMNAIC9pMcNWKbW2lWSt51j7pPMbM4CAMBms9kGAMBe&#10;0uMGLIugDQAA9ovNNgAA9poeN2CkKXD/d+eYL0mO/BsCAADbQdgGAABJWmsXSX4aOPI+88DtbuBM&#10;YIO11k6SXHaOecx8o82/HQAAsCWckQQAgCRVdZbkNPMPukd4meR26oYDdpygDQAA9pfNNgAAeKK1&#10;dpTkJsmLgWPfV9X5wHnABplC9Y+dYwRtAACwpYRtAADwlanH7SbJq4Fj9bjBDpoC+tskB52jXlfV&#10;bfeDAACAlXNGEgAAvlJVD1U1S/Jh4Ng3mZ+VPBo4E1ijgUHbqaANAAC2l802AAD4hqmH6SL9H6b/&#10;4THzDbebQfOANWitHSa5y5ig7ar7QQAAwNrYbAMAgG+YPgSfJfkyaORBko+ttfNB84AVe3JqVtAG&#10;AADYbAMAgO+hxw1I/vNvwW2Sl52jrqvqpPtBAADA2tlsAwCA76DHDZjcRNAGAAA8IWwDAIBnqKqz&#10;JKeZd6+N8DLzwG02aB6wJK21q/RvtwraAABgxzgjCQAAC5i20W6SvBg49l1VXQycBwwyBW1vO8fc&#10;V5VNVgAA2DE22wAAYAFVdZfkKMmngWN/bq1dTZ1QwIZorZ1nQNCWZNb9GAAAYOPYbAMAgE6ttYsk&#10;Pw0ceZ/kuKo+D5wJLKC1dpLksnPMfZJZVT30vwgAANg0wjYAABhg+kD+IsnBoJGPmQdut4PmAc80&#10;KGh7THIoaAMAgN3ljCQAAAxQVVeZn4j7MmjkQZJfW2tng+YBzzD1MvZ2KD7GRhsAAOw8m20AADDQ&#10;1Ld2k+TVwLHXSc58YA+rMQVtt+nbVP0jaLsb8igAAGBjCdsAAGAJWmtXSd4OHKnHDVagtXaY5C79&#10;J2FfOwMLAAD7wRlJAABYgqo6SXI6cOTLJHettdnAmcATTzZTe4O2U0EbAADsD2EbAAAsydTj9kPm&#10;5+RG0OMGSzIFbbeZB9s9Tqe/+wAAwJ4QtgEAwBJNfU2HmZ+BHOXn1trVFA4AY1ykP2j7IGgDAID9&#10;o7MNAABWRI8bbKZBfzevp/OxAADAnrHZBgAAK6LHDTZPa+08gjYAAKCDzTYAAFix1tpR5t1QBwPH&#10;vquqi4HzYOe11k6SXHaOuU8yq6qH/hcBAADbSNgGAABrMPWt3aa/I+qp6yRnPvSHv9daO07ysXOM&#10;oA0AABC2AQDAOulxg9UbtF36mORQ0AYAAOhsAwCANVpij9vRwJmwMwYGbTbaAACAJMI2AABYu6q6&#10;SvJD5h/gj3CQ5LepjwqYTOdbrzImaLsb8igAAGDrCdsAAGADTB/cH2Z+BnKUy+lMJey9gT2JZ4I2&#10;AADgKZ1tAACwYZbU4+bkHXuttXaT5E3nmNNpExUAAOA/bLYBAMCGWVKP22c9buyrKcDuDdreC9oA&#10;AIC/ImwDAIANpMcNxmitnad/U/S6qs77XwMAAOwiZyQBAGCDDeyZeup62p6DnTaFy5edY36pquMB&#10;zwEAAHaUsA0AALaAHjd4ntbaLMmvnWP8PQEAAP6WM5IAALAFpk20dwNH6nFjZ02/1zedYwRtAADA&#10;d7HZBgAAW2Ta1rnJvINtlNOpIw623nR69XP6/o48Zh603Q15FAAAsNNstgEAwBapqtskR5lv3Yxy&#10;OZ2phK32pONQ0AYAAKyMsA0AALZMVX1OMktyPXDs29ba3RRWwLa6yfxEao8TQRsAAPAcwjYAANhC&#10;VfWgxw3+37Sd+apzzGlV9Xa9AQAAe0bYBgAAW6yqLpK8zvz03QgHSX5rrZ0MmgdL11o7T/K2c8x7&#10;3YUAAMAi/vH777+v+w0AAECn1tphxpzQe+p62p6DjTUFw5edY/yuAwAACxO2AQDAjpj61i7Sv+Hz&#10;1H2SWVU9DJwJQ7TWZkl+7Rzzqapm/a8BAAD2lTOSAACwI/S4sU+m38nefrX7JMcDngMAAOwxm20A&#10;ALCDpo2fm8w72EZ4THKm04pNMG1xfk7f7/djkkNbmwAAQC+bbQAAsIOq6jbJUeabOyMcJLlsrV0M&#10;mgcLmYK22/QHbc6jAgAAQwjbAABgR1XV5ySzJNcDx/7UWrudAg9Yh6vMz5v2OK6quwFvAQAAELYB&#10;AMAuW1KP26skd3rcWLXW2lWSN51jTqfNTwAAgCGEbQAAsAeq6iLJ68zP543wIslta+1k0Dz4pul3&#10;7W3nmPd6BwEAgNH+8fvvv6/7DQAAwIq01g6T3KT/DN9TH6rqbOA8+JPW2nGSj51jrqctTwAAgKGE&#10;bQAAsGemvrWL9G8JPfUp8x6sh4EzIdO50tskBx1jPlXVbMiDAAAAviJsAwCAPdVaO0vy88CRXzIP&#10;3O4GzmSPTcHw5/QFbfdJZoJgAABgWXS2AQDAnpp63H6MHjc20BS03aYvaHuMoA0AAFgyYRsAAOyx&#10;qrpJMst8+2eEgySXrbWLQfPYX1fp6xYUtAEAACvhjCQAAPDHFtFVkjcDx+pxYyGttav0dwr+OIXJ&#10;AAAAS2WzDQAASFU9VNVxkvcDx75KctdaOxo4kx03nSHtDdpOBW0AAMCq2GwDAAD+pLV2nPmWW09X&#10;1lOPSc6q6mrQPHbU9Lv3sXPMdVWdDHgOAADAdxG2AQAA/2XaRrtKX2fW1z5U1dnAeeyQ6XfuNn0h&#10;7y/ThiYAAMDKCNsAAIC/pMeNVZl+1+6SvOgYc59k5ncLAABYNWEbAADwTa218yT/HjjyS+aB293A&#10;mWypKWi7Td8W5WOSQ0EbAACwDv9c9wMAAIDNVlXnSX7MPNAY4UWS29bayaB5bLeL9AdtNtoAAIC1&#10;EbYBAAB/q6pukswyP9U3wkGSy2lrjj01/fzfdo45sSUJAACskzOSAADAd1tSj9svmQcmNpP2yLTZ&#10;eNk55rSqrvpfAwAAsDhhGwAA8GxL6HG7jw2lvdFaO8q8p+2gY8x1VZ0MeRAAAEAHYRsAALCQ1tpx&#10;5ltuPYHJU4+ZB243g+axgVprh0nu0vd780tVHY95EQAAQB+dbQAAwEKW1OP2UY/b7prOkN6kL2i7&#10;T3Iy5EEAAAAD2GwDAAC66HHje7XWbtL3e/KY5KiqPo95EQAAQD+bbQAAQJeqephO+r0fOPZNktup&#10;24sd0Fq7SH/QNhO0AQAAm0bYBgAADFFV50lOMw9FRniZeeCmm2vLtdZOkvzUOeasqu4GPAcAAGAo&#10;ZyQBAIChpm20myQvBo59P4V5bJnp9+G3zjF+/gAAwMYStgEAAMNNPW43SV4NHKvHbcu01g6T3CU5&#10;6BhzXVUnQx4EAACwBMI2AABgaaaert7zgU/dZx64OSe44abA9Tbzc6CLuq8qvX0AAMBG09kGAAAs&#10;TVWdRY/bvrpKX9D2JclsyEsAAACWSNgGAAAsVVVdZR6afBk08iDJx9ba+aB5DDb9bN50jHhMcuxk&#10;KAAAsA2ckQQAAFZCj9t+aK2dJLnsHPNjVd0MeA4AAMDS2WwDAABWoqoeqmqW5MPAsW8yPyup12sD&#10;TD+Hi84x7wRtAADANrHZBgAArNy0/XSR+UnIER4z33AT0qzJtLn4OX0/0+uqOhnyIAAAgBURtgEA&#10;AGsxbUHdJHkxcOy7qurdrGIBrbW7JC87RtxXlQ1FAABg6zgjCQAArEVV3SU5SvJp4NifW2tX05YV&#10;K9Jau0pf0PYlyWzIYwAAAFZM2AYAAKzNknrc3mbe43Y4cCb/Q2vtLPM/80U9JjmuqodBTwIAAFgp&#10;ZyQBAICNsKQet+Oquh00j6+01mZJfu0c86OuPQAAYJvZbAMAADZCVV1lfkrwy6CRB0l+nTavGOxJ&#10;516Pd4I2AABg29lsAwAANsrUt3aT5NXAsddJzpwqHGP6Gd2mr6ftuqpOhjwIAABgjWy2AQAAG0WP&#10;21a4Sl/Qdp/ExiEAALATbLYBAAAba+pxuxw4Uo9bp9baRZKfOkY8Jjm0ZQgAAOwKm20AAMDGmnrc&#10;fsg8oBlBj1uHKfzsCdqSZCZoAwAAdonNNgAAYOMN6gj7mh63Z2itHWX+MzjoGHM6BagAAAA7Q9gG&#10;AABsjdbaVeb9a6PcZ35W8vPAmTtnCjvvkrzoGPOhqmwUAgAAO0fYBgAAbBU9bqvXWrtN8qpjxKeq&#10;mo15DQAAwGbR2QYAAGwVPW6r1Vq7SF/Qdp/keNBzAAAANo7NNgAAYCvpcVu+AVuEj0lmVXU35kUA&#10;AACbR9gGAABsNT1uy9FaO8o8zDzoGPNjVd2MeREAAMBmckYSAADYalV1kuR04MiXSe5aa7OBM7fK&#10;k63BnqDtvaANAADYB8I2AABg6y2xx+1k0Lxtc5O+oO26qs4HvQUAAGCjCdsAAICdMPWCHWZ+BnKU&#10;y+lM5d5orV0kedUx4j7J2aDnAAAAbDydbQAAwM5ZUo/brKoeBs7cONMm32XHiMckR/vedwcAAOwX&#10;YRsAALCTBgRHX3vMPHC7GzhzY7TWjtLf0/a6qm6HPAgAAGBLOCMJAADspCX1uP22iz1urbV/pb+n&#10;7Z2gDQAA2EfCNgAAYGfpcftuN0ledHz9dVVdjHoMAADANnFGEgAA2At63P5aa+0iyU8dI3bizwEA&#10;AGBRwjYAAGBv6HH7swF/Ho9Jjqrq85AHAQAAbCFhGwAAsFdaa0dJbtPXT/a106kjbmsM+nN4racN&#10;AADYdzrbAACAvTJtoR1lj3vcWmv/SnKVvqDtnaANAABA2AYAAOyh6ezhLMn1wLFvW2t3U5C16a6S&#10;vOz4+uuquhj0FgAAgK0mbAMAAPZSVT1U1UmSdwPHvkzyeTrRuJFaa+dJ3nSMuE9yNuY1AAAA209n&#10;GwAAsPdaa7MkN9nxHrfpv/PXjhGPSY6mzUAAAABisw0AACBT99hO97i11g4zDxR7HAvaAAAA/kzY&#10;BgAAkL3ocevd3Hs/hZIAAAA84YwkAADAV1prZ0l+HjjyMcmsqu4Gzvxu04bd244Rv1TV8aDnAAAA&#10;7BSbbQAAAF+pqoskrzMPyUY4SPJba+1k0LzvNn3PnqDtPsnJkMcAAADsIJttAAAA/8OTnrOXA8de&#10;V9XJwHn/U2vtKMltFj8fudaNPAAAgG0gbAMAAPiGqW/tIn3bYV/7lOS4qh4GzvyT6d13SV50jPmx&#10;qm4GPQkAAGAnOSMJAADwDVX1MG2ivRs49lWSu2nzbFmu0he0fRC0AQAA/D1hGwAAwHdYQo/biyS3&#10;y+hxa62dJ3nTMeJTVZ0Neg4AAMBOc0YSAADgGZbU4/ZhVLjVWpsl+bVjxGOSw2WeuAQAANglwjYA&#10;AIBn2tQet+ldn5McdLzjh6q66/h6AACAveKMJAAAwDNtcI/bbfqCtneCNgAAgOcRtgEAACxok3rc&#10;WmsX6TtteT399wAAAPAMzkgCAAB0mrbRrrKmHrfW2nGSjx3f6z7JTE8bAADA8wnbAAAABpj60q6S&#10;vBk49m973Fprh0nusvj5yMfMgzbnIwEAABbgjCQAAMAAU4/bcZL3A8d+s8dtCvhu0tfTdiJoAwAA&#10;WJywDQAAYKCqOk/yY1bT49bb0/ahqm46vh4AAGDvOSMJAACwBMvucZvCt8uOWfdV9ZcbcwAAAHw/&#10;YRsAAMCSLLHH7Tx95yMfkxx+qwsOAACA7yNsAwAAWLLW2nmSf6/7HU+8rqrbdT8CAABgF+hsAwAA&#10;WLIl9Lj1eC9oAwAAGMdmGwAAwIosqcftOT5V1WxN3xsAAGAn2WwDAABYkaq6SzJL8ssavv2XJMdr&#10;+L4AAAA7TdgGAACwQlX1UFXHSd6v+FsfV9XDir8nAADAzhO2AQAArMGKe9zeTVt1AAAADKazDQAA&#10;YI1W0OP2y7RJBwAAwBII2wAAANastfavzAO3N4NHf0ly5HwkAADA8jgjCQAAsGZL7HHT0wYAALBk&#10;wjYAAIANMbjHTU8bAADACjgjCQAAsGGmHrebJC8WHKGnDQAAYEWEbQAAABto6nG7SfLqmV+qpw0A&#10;AGCFnJEEAADYQFOP2yzJh2d+qZ42AACAFRK2AQAAbLCqOktymu/rcdPTBgAAsGLOSAIAAGyB7+hx&#10;09MGAACwBsI2AACALfGNHjc9bQAAAGvijCQAAMCW+EaPm542AACANRG2AQAAbJmvetz0tAEAAKyR&#10;M5IAAABbqrV2WFWf1/0OAACAfSZsAwAAAAAAgAU5IwkAAAAAAAALErYBAAAAAADAgoRtAAAAAAAA&#10;sCBhGwAAAAAAACxI2AYAAAAAAAALErYBAAAAAADAgoRtAAAAAAAAsCBhGwAAAAAAACxI2AYAAAAA&#10;AAALErYBAAAAAADAgoRtAAAAAAAAsCBhGwAAAAAAACxI2AYAAAAAAAALErYBAAAAAADAgoRtAAAA&#10;AAAAsCBhGwAAAAAAACxI2AYAAAAAAAALErYBAAAAAADAgoRtAAAAAAAAsCBhGwAAAAAAACxI2AYA&#10;AAAAAAALErYBAAAAAADAgoRtAAAAAAAAsCBhGwAAAAAAACzo/wBWjOya1LTISAAAAABJRU5ErkJg&#10;glBLAwQUAAYACAAAACEAp5lo1uMAAAANAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMAyG70i8&#10;Q2QkbixNy6Drmk7TBJwmJDYktFvWeG21JqmarO3eHu8EN1v+9Pv789VkWjZg7xtnJYhZBAxt6XRj&#10;Kwnf+/enFJgPymrVOosSruhhVdzf5SrTbrRfOOxCxSjE+kxJqEPoMs59WaNRfuY6tHQ7ud6oQGtf&#10;cd2rkcJNy+MoeuFGNZY+1KrDTY3leXcxEj5GNa4T8TZsz6fN9bCff/5sBUr5+DCtl8ACTuEPhps+&#10;qUNBTkd3sdqzVkIyT2NCJSxERKVuRJw+C2BHmpJXsQBe5Px/i+IXAAD//wMAUEsDBBQABgAIAAAA&#10;IQCqJg6+vAAAACEBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc4SPQWrDMBBF94XcQcw+&#10;lp1FKMWyN6HgbUgOMEhjWcQaCUkt9e0jyCaBQJfzP/89ph///Cp+KWUXWEHXtCCIdTCOrYLr5Xv/&#10;CSIXZINrYFKwUYZx2H30Z1qx1FFeXMyiUjgrWEqJX1JmvZDH3IRIXJs5JI+lnsnKiPqGluShbY8y&#10;PTNgeGGKyShIk+lAXLZYzf+zwzw7TaegfzxxeaOQzld3BWKyVBR4Mg4fYddEtiCHXr48NtwBAAD/&#10;/wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAA&#10;X3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIAssnE4CAAASBQAADgAAAAAAAAAAAAAAAAA6AgAA&#10;ZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAirRZqqCTAACgkwAAFAAAAAAAAAAAAAAAAAC0&#10;BAAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAUAAYACAAAACEAp5lo1uMAAAANAQAADwAAAAAA&#10;AAAAAAAAAACGmAAAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAKomDr68AAAAIQEAABkA&#10;AAAAAAAAAAAAAAAAlpkAAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAYABgB8AQAA&#10;iZoAAAAA&#10;">
+              <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                <v:stroke joinstyle="miter"/>
+                <v:formulas>
+                  <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                  <v:f eqn="sum @0 1 0"/>
+                  <v:f eqn="sum 0 0 @1"/>
+                  <v:f eqn="prod @2 1 2"/>
+                  <v:f eqn="prod @3 21600 pixelWidth"/>
+                  <v:f eqn="prod @3 21600 pixelHeight"/>
+                  <v:f eqn="sum @0 0 1"/>
+                  <v:f eqn="prod @6 1 2"/>
+                  <v:f eqn="prod @7 21600 pixelWidth"/>
+                  <v:f eqn="sum @8 21600 0"/>
+                  <v:f eqn="prod @7 21600 pixelHeight"/>
+                  <v:f eqn="sum @10 21600 0"/>
+                </v:formulas>
+                <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                <o:lock v:ext="edit" aspectratio="t"/>
+              </v:shapetype>
+              <v:shape id="Picture 13347" o:spid="_x0000_s1027" type="#_x0000_t75" style="position:absolute;left:35081;top:66291;width:40964;height:7875;visibility:visible;mso-wrap-style:square" o:preferrelative="f" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBSi8NgxQAAAN4AAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LFLzVjSZYia4iomh7M63gccyOSWh2NmRXjf76bkHobR7vc2aLztTiSq2rLCsYDiIQxLnV&#10;FRcKvr82bxMQziNrrC2Tgjs5WMx7LzNMtb3xnq6ZL0QIYZeigtL7JpXS5SUZdAPbEAfubFuDPsC2&#10;kLrFWwg3tRxF0VgarDg0lNjQqqT8J7sYBYfJwcXDj89sdzyNtudHkqwzf1Sq/9otpyA8df5f/HTv&#10;dJgfx8k7/L0TbpDzXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBSi8NgxQAAAN4AAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                <v:imagedata r:id="rId2" o:title=""/>
+              </v:shape>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:group>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="007A6E47">
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:t xml:space="preserve">Strana </w:t>
     </w:r>
     <w:r w:rsidR="007A6E47">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidR="007A6E47">
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidR="007A6E47">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="009B4F48" w:rsidRPr="009B4F48">
+    <w:r w:rsidR="007C398B" w:rsidRPr="007C398B">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="777070"/>
       </w:rPr>
-      <w:t>11</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r w:rsidR="007A6E47">
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="007A6E47">
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:t xml:space="preserve"> z </w:t>
     </w:r>
-    <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
-[...7 lines deleted...]
-    </w:fldSimple>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="007C398B" w:rsidRPr="007C398B">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="777070"/>
+      </w:rPr>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="777070"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="1635B810" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00B50530" w:rsidP="007A6E47">
+  <w:p w14:paraId="5D8424FB" w14:textId="72AFC287" w:rsidR="00B50530" w:rsidRDefault="00BE7969" w:rsidP="007A6E47">
     <w:pPr>
       <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
     </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="5D6E73CE" wp14:editId="2ACA7974">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="page">
+            <wp:posOffset>277495</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="page">
+            <wp:posOffset>9860915</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="6939280" cy="469900"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="13320" name="Picture 30"/>
+          <wp:cNvGraphicFramePr/>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="13320" name="Picture 30"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId3">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="6939280" cy="469900"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
   </w:p>
-  <w:p w14:paraId="25E304EC" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+  <w:p w14:paraId="318B9CB5" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="2284" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">                  </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7CA1E7BD" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="77FDBF7A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:pPr>
       <w:spacing w:after="46" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="1172" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="38B4C8A7" wp14:editId="0A8275DA">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="653DD821" wp14:editId="10994A93">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>276225</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>9855759</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="6939281" cy="485775"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="13322" name="Picture 30"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="30" name="Picture 30"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="6939281" cy="485775"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:color w:val="777070"/>
         <w:sz w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="6A4434B8" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+  <w:p w14:paraId="5CA7A048" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="1076" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:t xml:space="preserve">Strana </w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:t xml:space="preserve"> z </w:t>
     </w:r>
-    <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
-[...7 lines deleted...]
-    </w:fldSimple>
+    <w:r w:rsidR="000422F4">
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="000422F4">
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidR="000422F4">
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="007248EA" w:rsidRPr="007248EA">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="777070"/>
+      </w:rPr>
+      <w:t>11</w:t>
+    </w:r>
+    <w:r w:rsidR="000422F4">
+      <w:rPr>
+        <w:noProof/>
+        <w:color w:val="777070"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="55A768CF" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+  <w:p w14:paraId="25BCD8D4" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:pPr>
       <w:spacing w:after="844" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="1114" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="777070"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="126CB19B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+  <w:p w14:paraId="58D6FB5B" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="2284" w:firstLine="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:r>
       <w:t xml:space="preserve">                  </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F7ED80F" w14:textId="77777777" w:rsidR="007537D3" w:rsidRDefault="007537D3">
+    <w:p w14:paraId="2CC361CE" w14:textId="77777777" w:rsidR="00D01A69" w:rsidRDefault="00D01A69">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63EC85FA" w14:textId="77777777" w:rsidR="007537D3" w:rsidRDefault="007537D3">
+    <w:p w14:paraId="361B5089" w14:textId="77777777" w:rsidR="00D01A69" w:rsidRDefault="00D01A69">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="166F1974" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="3786B5BE" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="-569" w:right="7340" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="0B127B8A" wp14:editId="5F1A12A1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="7C55CB75" wp14:editId="026B5413">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>809625</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>371475</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1644650" cy="342900"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="13317" name="Picture 32"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="32" name="Picture 32"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1644650" cy="342900"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="3F303B1A" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+  <w:p w14:paraId="45F708D9" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="06499EDB" wp14:editId="515FEE68">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6A850716" wp14:editId="0C6DBAF4">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7546975" cy="10087610"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="13377" name="Group 13377"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr/>
                     <wpg:grpSpPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7546975" cy="10087610"/>
                         <a:chOff x="0" y="0"/>
                         <a:chExt cx="7546975" cy="10087610"/>
                       </a:xfrm>
                     </wpg:grpSpPr>
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -4401,243 +4590,185 @@
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
             <v:group id="Group 13377" style="width:594.25pt;height:794.3pt;position:absolute;z-index:-2147483648;mso-position-horizontal-relative:page;mso-position-horizontal:absolute;margin-left:0pt;mso-position-vertical-relative:page;margin-top:0pt;" coordsize="75469,100876">
               <v:shape id="Picture 13378" style="position:absolute;width:52578;height:41574;left:22849;top:44063;" filled="f">
                 <v:imagedata r:id="rId8"/>
               </v:shape>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="2881A8E0" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7EF18076" w14:textId="491FB41A" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="-569" w:right="7340" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="6849E41F" wp14:editId="75C15904">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="68A9D298" wp14:editId="084450BB">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
-            <wp:posOffset>612775</wp:posOffset>
+            <wp:posOffset>445770</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>333375</wp:posOffset>
+            <wp:posOffset>254787</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1644650" cy="342900"/>
-          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:extent cx="1224000" cy="720000"/>
+          <wp:effectExtent l="0" t="0" r="0" b="4445"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="13318" name="Picture 32"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="32" name="Picture 32"/>
+                  <pic:cNvPr id="13318" name="Picture 32"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1"/>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1644650" cy="342900"/>
+                    <a:ext cx="1224000" cy="720000"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="11386D4C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
-[...70 lines deleted...]
-  </w:p>
+  <w:p w14:paraId="53C7F6A2" w14:textId="77777777" w:rsidR="00BE7969" w:rsidRDefault="00BE7969"/>
+  <w:p w14:paraId="11DA391D" w14:textId="6B477828" w:rsidR="00B50530" w:rsidRDefault="00B50530"/>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="756E0154" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="426BC0C8" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:pPr>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="-569" w:right="7340" w:firstLine="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="54ADA45F" wp14:editId="2487A1F6">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="2D84642A" wp14:editId="4B0369F6">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="page">
             <wp:posOffset>809625</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>371475</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1644650" cy="342900"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="13321" name="Picture 32"/>
           <wp:cNvGraphicFramePr/>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="32" name="Picture 32"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1644650" cy="342900"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
-  <w:p w14:paraId="1835D72C" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
+  <w:p w14:paraId="3ACF9292" w14:textId="77777777" w:rsidR="00B50530" w:rsidRDefault="00717536">
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wpg">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="025D1EDB" wp14:editId="49756BC9">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5D04DFE0" wp14:editId="1F0D8897">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7546975" cy="10087610"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="13315" name="Group 13315"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                   <wpg:wgp>
                     <wpg:cNvGrpSpPr/>
                     <wpg:grpSpPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7546975" cy="10087610"/>
                         <a:chOff x="0" y="0"/>
                         <a:chExt cx="7546975" cy="10087610"/>
                       </a:xfrm>
                     </wpg:grpSpPr>
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -4661,51 +4792,51 @@
                         </a:prstGeom>
                       </pic:spPr>
                     </pic:pic>
                   </wpg:wgp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <w:pict>
             <v:group id="Group 13315" style="width:594.25pt;height:794.3pt;position:absolute;z-index:-2147483648;mso-position-horizontal-relative:page;mso-position-horizontal:absolute;margin-left:0pt;mso-position-vertical-relative:page;margin-top:0pt;" coordsize="75469,100876">
               <v:shape id="Picture 13316" style="position:absolute;width:52578;height:41574;left:22849;top:44063;" filled="f">
                 <v:imagedata r:id="rId8"/>
               </v:shape>
             </v:group>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02F11175"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BB12426A"/>
     <w:lvl w:ilvl="0" w:tplc="349E17A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="706"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -10510,51 +10641,51 @@
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BCC21406"/>
     <w:lvl w:ilvl="0" w:tplc="C4187262">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Nadpis2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04050019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04050019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1649" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2369" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0405000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3089" w:hanging="360"/>
       </w:pPr>
@@ -10672,280 +10803,281 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5180" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04050019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5900" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0405001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6620" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1923831679">
+  <w:num w:numId="1">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1901166583">
+  <w:num w:numId="2">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1898977463">
+  <w:num w:numId="3">
     <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1987125408">
+  <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="688456191">
+  <w:num w:numId="5">
     <w:abstractNumId w:val="31"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1528255617">
+  <w:num w:numId="6">
     <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="901722590">
+  <w:num w:numId="7">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1518153474">
+  <w:num w:numId="8">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1274828376">
+  <w:num w:numId="9">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1765833808">
+  <w:num w:numId="10">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="329720818">
+  <w:num w:numId="11">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1756584160">
+  <w:num w:numId="12">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="727804004">
+  <w:num w:numId="13">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="236212859">
+  <w:num w:numId="14">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1475560687">
+  <w:num w:numId="15">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1624075225">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="421535368">
+  <w:num w:numId="17">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="582030923">
+  <w:num w:numId="18">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1601180620">
+  <w:num w:numId="19">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1367674990">
+  <w:num w:numId="20">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="408309754">
+  <w:num w:numId="21">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1497108838">
+  <w:num w:numId="22">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1081023379">
+  <w:num w:numId="23">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="1963342735">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1571428208">
+  <w:num w:numId="25">
     <w:abstractNumId w:val="34"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="57019404">
+  <w:num w:numId="26">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1421488341">
+  <w:num w:numId="27">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="1226992205">
+  <w:num w:numId="28">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="29" w16cid:durableId="370304974">
+  <w:num w:numId="29">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="30" w16cid:durableId="198472554">
+  <w:num w:numId="30">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="31" w16cid:durableId="1206059398">
+  <w:num w:numId="31">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="32" w16cid:durableId="1944921328">
+  <w:num w:numId="32">
     <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="33" w16cid:durableId="90205811">
+  <w:num w:numId="33">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="34" w16cid:durableId="367726182">
+  <w:num w:numId="34">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="35" w16cid:durableId="605112678">
+  <w:num w:numId="35">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="36" w16cid:durableId="1575504630">
+  <w:num w:numId="36">
     <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="37" w16cid:durableId="2050060768">
+  <w:num w:numId="37">
     <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="30721"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B50530"/>
+    <w:rsid w:val="000422F4"/>
     <w:rsid w:val="00084CD6"/>
     <w:rsid w:val="001277C2"/>
     <w:rsid w:val="00162BAB"/>
     <w:rsid w:val="001A2E3F"/>
     <w:rsid w:val="001C1992"/>
     <w:rsid w:val="002140AB"/>
     <w:rsid w:val="00244FA7"/>
     <w:rsid w:val="00332E40"/>
     <w:rsid w:val="003968CF"/>
     <w:rsid w:val="00397586"/>
     <w:rsid w:val="003E0B8D"/>
     <w:rsid w:val="003F1619"/>
+    <w:rsid w:val="003F4E56"/>
     <w:rsid w:val="00405D30"/>
     <w:rsid w:val="004458C5"/>
     <w:rsid w:val="00466AFA"/>
     <w:rsid w:val="00482550"/>
     <w:rsid w:val="004E26E6"/>
     <w:rsid w:val="005D39B7"/>
     <w:rsid w:val="005E26C6"/>
     <w:rsid w:val="006C5372"/>
     <w:rsid w:val="00717536"/>
     <w:rsid w:val="007248EA"/>
-    <w:rsid w:val="007537D3"/>
-    <w:rsid w:val="007827A9"/>
+    <w:rsid w:val="0073691A"/>
     <w:rsid w:val="007A6E47"/>
     <w:rsid w:val="007A738A"/>
+    <w:rsid w:val="007C398B"/>
     <w:rsid w:val="008D422B"/>
     <w:rsid w:val="008F761F"/>
     <w:rsid w:val="00983524"/>
     <w:rsid w:val="00985F3F"/>
     <w:rsid w:val="009B4F48"/>
     <w:rsid w:val="009F521C"/>
-    <w:rsid w:val="00A263BF"/>
     <w:rsid w:val="00A359D9"/>
     <w:rsid w:val="00A42A53"/>
     <w:rsid w:val="00B42114"/>
     <w:rsid w:val="00B50530"/>
     <w:rsid w:val="00B6291F"/>
     <w:rsid w:val="00B90685"/>
     <w:rsid w:val="00B95ED1"/>
     <w:rsid w:val="00B9698B"/>
     <w:rsid w:val="00B97536"/>
     <w:rsid w:val="00BD74EC"/>
+    <w:rsid w:val="00BE7969"/>
     <w:rsid w:val="00C03B65"/>
     <w:rsid w:val="00C07851"/>
     <w:rsid w:val="00C337C7"/>
     <w:rsid w:val="00C34B55"/>
     <w:rsid w:val="00C36714"/>
     <w:rsid w:val="00CB74DA"/>
     <w:rsid w:val="00CF5885"/>
     <w:rsid w:val="00D01A69"/>
     <w:rsid w:val="00DF4B5D"/>
     <w:rsid w:val="00E12091"/>
     <w:rsid w:val="00E54834"/>
-    <w:rsid w:val="00E650DD"/>
     <w:rsid w:val="00FC1476"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="cs-CZ"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="30721"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="159AB62C"/>
+  <w14:docId w14:val="092B8C7E"/>
   <w15:docId w15:val="{3D343559-1B5B-4153-84DB-F88E6892C054}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="cs-CZ" w:eastAsia="cs-CZ" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -11539,75 +11671,75 @@
     <w:aliases w:val="Conclusion de partie Char"/>
     <w:link w:val="Odstavecseseznamem"/>
     <w:uiPriority w:val="34"/>
     <w:locked/>
     <w:rsid w:val="00DF4B5D"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Siln">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Standardnpsmoodstavce"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="001277C2"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du"/>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pkkv.cz/file.php?nid=20000&amp;oid=8766077" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globalpayments.cz/cs-cz/ochrana-osobnich-udaju" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globalpayments.cz/cs-cz/ochrana-osobnich-udaju" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globalpayments.cz/cs-cz/ochrana-osobnich-udaju" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globalpayments.cz/cs-cz/ochrana-osobnich-udaju" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globalpayments.cz/cs-cz/ochrana-osobnich-udaju" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globalpayments.cz/cs-cz/ochrana-osobnich-udaju" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globalpayments.cz/cs-cz/ochrana-osobnich-udaju" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pkkv.cz/file.php?nid=20000&amp;oid=8766077" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.globalpayments.cz/cs-cz/ochrana-osobnich-udaju" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Motiv Office">
   <a:themeElements>
     <a:clrScheme name="Kancelář">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -11840,81 +11972,81 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C78F2C87-DCE9-4065-ABE9-F773F11C3ED9}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{16FE5087-FDF1-45D2-B6FC-CFB1BE87853F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>4042</Words>
-  <Characters>23852</Characters>
+  <Words>4047</Words>
+  <Characters>23883</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>198</Lines>
+  <Lines>199</Lines>
   <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Název</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>27839</CharactersWithSpaces>
+  <CharactersWithSpaces>27875</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Staníková Sylva</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>